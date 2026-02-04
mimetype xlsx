--- v0 (2025-10-28)
+++ v1 (2026-02-04)
@@ -12,219 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="42093-kolskij-vikend-mors..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
-[...167 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>05.02.2026</t>
   </si>
   <si>
     <t>06.02.2026</t>
   </si>
   <si>
     <t>07.02.2026</t>
   </si>
   <si>
     <t>08.02.2026</t>
   </si>
   <si>
     <t>12.02.2026</t>
   </si>
   <si>
     <t>13.02.2026</t>
   </si>
   <si>
     <t>14.02.2026</t>
   </si>
   <si>
     <t>15.02.2026</t>
   </si>
   <si>
@@ -308,93 +140,84 @@
   <si>
     <t>02.04.2026</t>
   </si>
   <si>
     <t>03.04.2026</t>
   </si>
   <si>
     <t>04.04.2026</t>
   </si>
   <si>
     <t>05.04.2026</t>
   </si>
   <si>
     <t>09.04.2026</t>
   </si>
   <si>
     <t>Без размещения</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>44900 RUB</t>
   </si>
   <si>
-    <t>58000 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>50400 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
     <t>Iterra</t>
   </si>
   <si>
     <t>Стандарт</t>
   </si>
   <si>
     <t>57650 RUB</t>
   </si>
   <si>
-    <t>78250 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>676500 RUB</t>
   </si>
   <si>
     <t>67650 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
     <t>70400 RUB</t>
   </si>
   <si>
-    <t>98500 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>84900 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 28.10.2025 21:48, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 04.02.2026 10:03, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -736,158 +559,101 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:CS13"/>
+  <dimension ref="A1:AN13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A12" sqref="A12:CS12"/>
+      <selection activeCell="A12" sqref="A12:AN12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="38.847656" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="41" max="41" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...55 lines deleted...]
-    <col min="97" max="97" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:97">
+    <row r="1" spans="1:40">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
@@ -962,2007 +728,810 @@
       </c>
       <c r="AG1" s="1" t="s">
         <v>31</v>
       </c>
       <c r="AH1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="AI1" s="1" t="s">
         <v>33</v>
       </c>
       <c r="AJ1" s="1" t="s">
         <v>34</v>
       </c>
       <c r="AK1" s="1" t="s">
         <v>35</v>
       </c>
       <c r="AL1" s="1" t="s">
         <v>36</v>
       </c>
       <c r="AM1" s="1" t="s">
         <v>37</v>
       </c>
       <c r="AN1" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="AO1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:40">
+      <c r="A2" s="2" t="s">
         <v>39</v>
-      </c>
-[...171 lines deleted...]
-        <v>95</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
       <c r="Z2" s="2"/>
       <c r="AA2" s="2"/>
       <c r="AB2" s="2"/>
       <c r="AC2" s="2"/>
       <c r="AD2" s="2"/>
       <c r="AE2" s="2"/>
       <c r="AF2" s="2"/>
       <c r="AG2" s="2"/>
       <c r="AH2" s="2"/>
       <c r="AI2" s="2"/>
       <c r="AJ2" s="2"/>
       <c r="AK2" s="2"/>
       <c r="AL2" s="2"/>
       <c r="AM2" s="2"/>
       <c r="AN2" s="2"/>
-      <c r="AO2" s="2"/>
-[...55 lines deleted...]
-      <c r="CS2" s="2"/>
     </row>
-    <row r="3" spans="1:97">
+    <row r="3" spans="1:40">
       <c r="A3" s="3" t="s">
-        <v>95</v>
+        <v>39</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
       <c r="Z3" s="3"/>
       <c r="AA3" s="3"/>
       <c r="AB3" s="3"/>
       <c r="AC3" s="3"/>
       <c r="AD3" s="3"/>
       <c r="AE3" s="3"/>
       <c r="AF3" s="3"/>
       <c r="AG3" s="3"/>
       <c r="AH3" s="3"/>
       <c r="AI3" s="3"/>
       <c r="AJ3" s="3"/>
       <c r="AK3" s="3"/>
       <c r="AL3" s="3"/>
       <c r="AM3" s="3"/>
       <c r="AN3" s="3"/>
-      <c r="AO3" s="3"/>
-[...55 lines deleted...]
-      <c r="CS3" s="3"/>
     </row>
-    <row r="4" spans="1:97">
+    <row r="4" spans="1:40">
       <c r="A4" t="s">
-        <v>96</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="F4" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="G4" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="H4" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="I4" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="J4" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="K4" t="s">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="L4" t="s">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="N4" t="s">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="O4" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="P4" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="Q4" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="R4" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="S4" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="T4" t="s">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="U4" t="s">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="V4" t="s">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="W4" t="s">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="X4" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="Y4" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="Z4" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="AA4" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="AB4" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="AC4" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="AD4" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="AE4" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="AF4" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="AG4" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="AH4" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="AI4" t="s">
-        <v>98</v>
+        <v>41</v>
       </c>
       <c r="AJ4" t="s">
-        <v>98</v>
+        <v>41</v>
       </c>
       <c r="AK4" t="s">
-        <v>98</v>
+        <v>41</v>
       </c>
       <c r="AL4" t="s">
-        <v>98</v>
+        <v>41</v>
       </c>
       <c r="AM4" t="s">
-        <v>98</v>
+        <v>41</v>
       </c>
       <c r="AN4" t="s">
-        <v>98</v>
-[...170 lines deleted...]
-        <v>97</v>
+        <v>41</v>
       </c>
     </row>
-    <row r="5" spans="1:97">
+    <row r="5" spans="1:40">
       <c r="A5" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="B5" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="C5" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="D5" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="E5" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="F5" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="G5" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="H5" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="I5" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="J5" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="K5" t="s">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="L5" t="s">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="M5" t="s">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="N5" t="s">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="O5" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="P5" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="Q5" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="R5" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="S5" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="T5" t="s">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="U5" t="s">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="V5" t="s">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="W5" t="s">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="X5" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="Y5" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="Z5" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="AA5" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="AB5" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="AC5" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="AD5" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="AE5" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="AF5" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="AG5" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="AH5" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="AI5" t="s">
-        <v>98</v>
+        <v>41</v>
       </c>
       <c r="AJ5" t="s">
-        <v>98</v>
+        <v>41</v>
       </c>
       <c r="AK5" t="s">
-        <v>98</v>
+        <v>41</v>
       </c>
       <c r="AL5" t="s">
-        <v>98</v>
+        <v>41</v>
       </c>
       <c r="AM5" t="s">
-        <v>98</v>
+        <v>41</v>
       </c>
       <c r="AN5" t="s">
-        <v>98</v>
-[...170 lines deleted...]
-        <v>97</v>
+        <v>41</v>
       </c>
     </row>
-    <row r="6" spans="1:97">
+    <row r="6" spans="1:40">
       <c r="A6" s="4"/>
       <c r="B6" s="4"/>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
       <c r="I6" s="4"/>
       <c r="J6" s="4"/>
       <c r="K6" s="4"/>
       <c r="L6" s="4"/>
       <c r="M6" s="4"/>
       <c r="N6" s="4"/>
       <c r="O6" s="4"/>
       <c r="P6" s="4"/>
       <c r="Q6" s="4"/>
       <c r="R6" s="4"/>
       <c r="S6" s="4"/>
       <c r="T6" s="4"/>
       <c r="U6" s="4"/>
       <c r="V6" s="4"/>
       <c r="W6" s="4"/>
       <c r="X6" s="4"/>
       <c r="Y6" s="4"/>
       <c r="Z6" s="4"/>
       <c r="AA6" s="4"/>
       <c r="AB6" s="4"/>
       <c r="AC6" s="4"/>
       <c r="AD6" s="4"/>
       <c r="AE6" s="4"/>
       <c r="AF6" s="4"/>
       <c r="AG6" s="4"/>
       <c r="AH6" s="4"/>
       <c r="AI6" s="4"/>
       <c r="AJ6" s="4"/>
       <c r="AK6" s="4"/>
       <c r="AL6" s="4"/>
       <c r="AM6" s="4"/>
       <c r="AN6" s="4"/>
-      <c r="AO6" s="4"/>
-[...55 lines deleted...]
-      <c r="CS6" s="4"/>
     </row>
-    <row r="7" spans="1:97">
+    <row r="7" spans="1:40">
       <c r="A7" s="2" t="s">
-        <v>101</v>
+        <v>44</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="2"/>
       <c r="M7" s="2"/>
       <c r="N7" s="2"/>
       <c r="O7" s="2"/>
       <c r="P7" s="2"/>
       <c r="Q7" s="2"/>
       <c r="R7" s="2"/>
       <c r="S7" s="2"/>
       <c r="T7" s="2"/>
       <c r="U7" s="2"/>
       <c r="V7" s="2"/>
       <c r="W7" s="2"/>
       <c r="X7" s="2"/>
       <c r="Y7" s="2"/>
       <c r="Z7" s="2"/>
       <c r="AA7" s="2"/>
       <c r="AB7" s="2"/>
       <c r="AC7" s="2"/>
       <c r="AD7" s="2"/>
       <c r="AE7" s="2"/>
       <c r="AF7" s="2"/>
       <c r="AG7" s="2"/>
       <c r="AH7" s="2"/>
       <c r="AI7" s="2"/>
       <c r="AJ7" s="2"/>
       <c r="AK7" s="2"/>
       <c r="AL7" s="2"/>
       <c r="AM7" s="2"/>
       <c r="AN7" s="2"/>
-      <c r="AO7" s="2"/>
-[...55 lines deleted...]
-      <c r="CS7" s="2"/>
     </row>
-    <row r="8" spans="1:97">
+    <row r="8" spans="1:40">
       <c r="A8" s="3" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="B8" s="3"/>
       <c r="C8" s="3"/>
       <c r="D8" s="3"/>
       <c r="E8" s="3"/>
       <c r="F8" s="3"/>
       <c r="G8" s="3"/>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
       <c r="J8" s="3"/>
       <c r="K8" s="3"/>
       <c r="L8" s="3"/>
       <c r="M8" s="3"/>
       <c r="N8" s="3"/>
       <c r="O8" s="3"/>
       <c r="P8" s="3"/>
       <c r="Q8" s="3"/>
       <c r="R8" s="3"/>
       <c r="S8" s="3"/>
       <c r="T8" s="3"/>
       <c r="U8" s="3"/>
       <c r="V8" s="3"/>
       <c r="W8" s="3"/>
       <c r="X8" s="3"/>
       <c r="Y8" s="3"/>
       <c r="Z8" s="3"/>
       <c r="AA8" s="3"/>
       <c r="AB8" s="3"/>
       <c r="AC8" s="3"/>
       <c r="AD8" s="3"/>
       <c r="AE8" s="3"/>
       <c r="AF8" s="3"/>
       <c r="AG8" s="3"/>
       <c r="AH8" s="3"/>
       <c r="AI8" s="3"/>
       <c r="AJ8" s="3"/>
       <c r="AK8" s="3"/>
       <c r="AL8" s="3"/>
       <c r="AM8" s="3"/>
       <c r="AN8" s="3"/>
-      <c r="AO8" s="3"/>
-[...55 lines deleted...]
-      <c r="CS8" s="3"/>
     </row>
-    <row r="9" spans="1:97">
+    <row r="9" spans="1:40">
       <c r="A9" t="s">
-        <v>96</v>
+        <v>40</v>
       </c>
       <c r="B9" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
       <c r="C9" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
       <c r="D9" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
       <c r="E9" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
       <c r="F9" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
       <c r="G9" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
       <c r="H9" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
       <c r="I9" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
       <c r="J9" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
       <c r="K9" t="s">
-        <v>103</v>
+        <v>47</v>
       </c>
       <c r="L9" t="s">
-        <v>103</v>
+        <v>47</v>
       </c>
       <c r="M9" t="s">
-        <v>103</v>
+        <v>47</v>
       </c>
       <c r="N9" t="s">
-        <v>103</v>
+        <v>47</v>
       </c>
       <c r="O9" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
       <c r="P9" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
       <c r="Q9" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
       <c r="R9" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
       <c r="S9" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
       <c r="T9" t="s">
-        <v>103</v>
+        <v>48</v>
       </c>
       <c r="U9" t="s">
-        <v>103</v>
+        <v>48</v>
       </c>
       <c r="V9" t="s">
-        <v>103</v>
+        <v>48</v>
       </c>
       <c r="W9" t="s">
-        <v>103</v>
+        <v>48</v>
       </c>
       <c r="X9" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
       <c r="Y9" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
       <c r="Z9" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
       <c r="AA9" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
       <c r="AB9" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
       <c r="AC9" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
       <c r="AD9" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
       <c r="AE9" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
       <c r="AF9" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
       <c r="AG9" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
       <c r="AH9" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
       <c r="AI9" t="s">
-        <v>104</v>
+        <v>46</v>
       </c>
       <c r="AJ9" t="s">
-        <v>104</v>
+        <v>46</v>
       </c>
       <c r="AK9" t="s">
-        <v>104</v>
+        <v>46</v>
       </c>
       <c r="AL9" t="s">
-        <v>104</v>
+        <v>46</v>
       </c>
       <c r="AM9" t="s">
-        <v>104</v>
+        <v>46</v>
       </c>
       <c r="AN9" t="s">
-        <v>104</v>
-[...170 lines deleted...]
-        <v>103</v>
+        <v>46</v>
       </c>
     </row>
-    <row r="10" spans="1:97">
+    <row r="10" spans="1:40">
       <c r="A10" t="s">
-        <v>107</v>
+        <v>49</v>
       </c>
       <c r="B10" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="C10" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="D10" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="E10" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="F10" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="G10" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="H10" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="I10" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="J10" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="K10" t="s">
-        <v>108</v>
+        <v>51</v>
       </c>
       <c r="L10" t="s">
-        <v>108</v>
+        <v>51</v>
       </c>
       <c r="M10" t="s">
-        <v>108</v>
+        <v>51</v>
       </c>
       <c r="N10" t="s">
-        <v>108</v>
+        <v>51</v>
       </c>
       <c r="O10" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="P10" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="Q10" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="R10" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="S10" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="T10" t="s">
-        <v>108</v>
+        <v>51</v>
       </c>
       <c r="U10" t="s">
-        <v>108</v>
+        <v>51</v>
       </c>
       <c r="V10" t="s">
-        <v>108</v>
+        <v>51</v>
       </c>
       <c r="W10" t="s">
-        <v>108</v>
+        <v>51</v>
       </c>
       <c r="X10" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="Y10" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="Z10" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="AA10" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="AB10" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="AC10" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="AD10" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="AE10" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="AF10" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="AG10" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="AH10" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="AI10" t="s">
-        <v>109</v>
+        <v>50</v>
       </c>
       <c r="AJ10" t="s">
-        <v>109</v>
+        <v>50</v>
       </c>
       <c r="AK10" t="s">
-        <v>109</v>
+        <v>50</v>
       </c>
       <c r="AL10" t="s">
-        <v>109</v>
+        <v>50</v>
       </c>
       <c r="AM10" t="s">
-        <v>109</v>
+        <v>50</v>
       </c>
       <c r="AN10" t="s">
-        <v>109</v>
-[...170 lines deleted...]
-        <v>108</v>
+        <v>50</v>
       </c>
     </row>
-    <row r="12" spans="1:97">
+    <row r="12" spans="1:40">
       <c r="A12" s="1" t="s">
-        <v>111</v>
+        <v>52</v>
       </c>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
       <c r="P12" s="1"/>
       <c r="Q12" s="1"/>
       <c r="R12" s="1"/>
       <c r="S12" s="1"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
       <c r="X12" s="1"/>
       <c r="Y12" s="1"/>
       <c r="Z12" s="1"/>
       <c r="AA12" s="1"/>
       <c r="AB12" s="1"/>
       <c r="AC12" s="1"/>
       <c r="AD12" s="1"/>
       <c r="AE12" s="1"/>
       <c r="AF12" s="1"/>
       <c r="AG12" s="1"/>
       <c r="AH12" s="1"/>
       <c r="AI12" s="1"/>
       <c r="AJ12" s="1"/>
       <c r="AK12" s="1"/>
       <c r="AL12" s="1"/>
       <c r="AM12" s="1"/>
       <c r="AN12" s="1"/>
-      <c r="AO12" s="1"/>
-[...55 lines deleted...]
-      <c r="CS12" s="1"/>
     </row>
-    <row r="13" spans="1:97">
+    <row r="13" spans="1:40">
       <c r="A13" t="s">
-        <v>112</v>
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A13:CS13"/>
+    <mergeCell ref="A13:AN13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>