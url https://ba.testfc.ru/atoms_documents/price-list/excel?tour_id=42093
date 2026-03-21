--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -12,212 +12,116 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="42093-kolskij-vikend-mors..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
-[...83 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>21.03.2026</t>
   </si>
   <si>
     <t>22.03.2026</t>
   </si>
   <si>
     <t>26.03.2026</t>
   </si>
   <si>
     <t>27.03.2026</t>
   </si>
   <si>
     <t>28.03.2026</t>
   </si>
   <si>
     <t>29.03.2026</t>
   </si>
   <si>
     <t>02.04.2026</t>
   </si>
   <si>
     <t>03.04.2026</t>
   </si>
   <si>
     <t>04.04.2026</t>
   </si>
   <si>
     <t>05.04.2026</t>
   </si>
   <si>
     <t>09.04.2026</t>
   </si>
   <si>
     <t>Без размещения</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>44900 RUB</t>
   </si>
   <si>
-    <t>50400 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
     <t>Iterra</t>
   </si>
   <si>
     <t>Стандарт</t>
   </si>
   <si>
     <t>57650 RUB</t>
   </si>
   <si>
-    <t>676500 RUB</t>
-[...4 lines deleted...]
-  <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
     <t>70400 RUB</t>
   </si>
   <si>
-    <t>84900 RUB</t>
-[...5 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 04.02.2026 10:03, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 22.03.2026 03:13, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -559,979 +463,363 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AN13"/>
+  <dimension ref="A1:L13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A12" sqref="A12:AN12"/>
+      <selection activeCell="A12" sqref="A12:L12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="38.847656" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...26 lines deleted...]
-    <col min="40" max="40" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:40">
+    <row r="1" spans="1:12">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="M1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:12">
+      <c r="A2" s="2" t="s">
         <v>11</v>
-      </c>
-[...84 lines deleted...]
-        <v>39</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
-      <c r="M2" s="2"/>
-[...28 lines deleted...]
-    <row r="3" spans="1:40">
+    </row>
+    <row r="3" spans="1:12">
       <c r="A3" s="3" t="s">
-        <v>39</v>
+        <v>11</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
-      <c r="M3" s="3"/>
-[...28 lines deleted...]
-    <row r="4" spans="1:40">
+    </row>
+    <row r="4" spans="1:12">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="C4" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H4" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="I4" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="J4" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="K4" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="L4" t="s">
-        <v>42</v>
-[...86 lines deleted...]
-    <row r="5" spans="1:40">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12">
       <c r="A5" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="C5" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H5" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="I5" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="J5" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="K5" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="L5" t="s">
-        <v>42</v>
-[...86 lines deleted...]
-    <row r="6" spans="1:40">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12">
       <c r="A6" s="4"/>
       <c r="B6" s="4"/>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
       <c r="I6" s="4"/>
       <c r="J6" s="4"/>
       <c r="K6" s="4"/>
       <c r="L6" s="4"/>
-      <c r="M6" s="4"/>
-[...28 lines deleted...]
-    <row r="7" spans="1:40">
+    </row>
+    <row r="7" spans="1:12">
       <c r="A7" s="2" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="2"/>
-      <c r="M7" s="2"/>
-[...28 lines deleted...]
-    <row r="8" spans="1:40">
+    </row>
+    <row r="8" spans="1:12">
       <c r="A8" s="3" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="B8" s="3"/>
       <c r="C8" s="3"/>
       <c r="D8" s="3"/>
       <c r="E8" s="3"/>
       <c r="F8" s="3"/>
       <c r="G8" s="3"/>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
       <c r="J8" s="3"/>
       <c r="K8" s="3"/>
       <c r="L8" s="3"/>
-      <c r="M8" s="3"/>
-[...28 lines deleted...]
-    <row r="9" spans="1:40">
+    </row>
+    <row r="9" spans="1:12">
       <c r="A9" t="s">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="B9" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="C9" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="D9" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="E9" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="F9" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="G9" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="H9" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="I9" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="J9" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="K9" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="L9" t="s">
-        <v>47</v>
-[...86 lines deleted...]
-    <row r="10" spans="1:40">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12">
       <c r="A10" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="C10" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="D10" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="E10" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="F10" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="G10" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="H10" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="I10" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="J10" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="K10" t="s">
-        <v>51</v>
+        <v>19</v>
       </c>
       <c r="L10" t="s">
-        <v>51</v>
-[...86 lines deleted...]
-    <row r="12" spans="1:40">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12">
       <c r="A12" s="1" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
-      <c r="M12" s="1"/>
-[...28 lines deleted...]
-    <row r="13" spans="1:40">
+    </row>
+    <row r="13" spans="1:12">
       <c r="A13" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A13:AN13"/>
+    <mergeCell ref="A13:L13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>