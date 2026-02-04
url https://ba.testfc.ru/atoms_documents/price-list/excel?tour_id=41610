--- v0 (2025-10-28)
+++ v1 (2026-02-04)
@@ -12,249 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="41610-kamchatka-na-maksim..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
-[...197 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>04.02.2026</t>
   </si>
   <si>
     <t>05.02.2026</t>
   </si>
   <si>
     <t>06.02.2026</t>
   </si>
   <si>
     <t>07.02.2026</t>
   </si>
   <si>
     <t>08.02.2026</t>
   </si>
   <si>
     <t>09.02.2026</t>
   </si>
   <si>
     <t>10.02.2026</t>
   </si>
   <si>
     <t>11.02.2026</t>
   </si>
   <si>
@@ -455,66 +257,123 @@
   <si>
     <t>110000 RUB</t>
   </si>
   <si>
     <t>2х-местный (Гостевой дом «Стандарт», «Глазастик», «Forest»)</t>
   </si>
   <si>
     <t>90000 RUB</t>
   </si>
   <si>
     <t>85000 RUB</t>
   </si>
   <si>
     <t>120000 RUB</t>
   </si>
   <si>
     <t>2х-местный (Apart Lodge)</t>
   </si>
   <si>
     <t>100000 RUB</t>
   </si>
   <si>
     <t>140000 RUB</t>
   </si>
   <si>
+    <t>Гостевой дом «Gray house»</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>105000 RUB</t>
+  </si>
+  <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Доп. ночь 2х-местный (Форест)</t>
   </si>
   <si>
     <t>10400 RUB</t>
   </si>
   <si>
     <t>доп ночи в категории "глазастик"</t>
   </si>
   <si>
+    <t>Доп.ночь 2х местный номер в корпусе "Голубое озеро"</t>
+  </si>
+  <si>
+    <t>7500 RUB</t>
+  </si>
+  <si>
+    <t>Крабовый пикник</t>
+  </si>
+  <si>
+    <t>2500 RUB</t>
+  </si>
+  <si>
+    <t>Страхование «Активный отдых»</t>
+  </si>
+  <si>
+    <t>1400 RUB</t>
+  </si>
+  <si>
+    <t>полис страхования "Активный отдых + отмена поездки", Альфастрахование</t>
+  </si>
+  <si>
+    <t>6400 RUB</t>
+  </si>
+  <si>
+    <t>Банный набор (Халат, тапочки, полотенце)</t>
+  </si>
+  <si>
+    <t>1500 RUB</t>
+  </si>
+  <si>
+    <t>Трансфер к горнолыжной базе туда-обратно-туда, цена за человека</t>
+  </si>
+  <si>
+    <t>2000 RUB</t>
+  </si>
+  <si>
+    <t>термальные источники Зеленовские озерки</t>
+  </si>
+  <si>
+    <t>9000 RUB</t>
+  </si>
+  <si>
+    <t>Замена сборного трансфера из (в) аэропорт на индивидуальный, цена за авто</t>
+  </si>
+  <si>
+    <t>3000 RUB</t>
+  </si>
+  <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 29.10.2025 01:59, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 04.02.2026 08:21, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -856,59 +715,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:EF21"/>
+  <dimension ref="A1:BP31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A20" sqref="A20:EF20"/>
+      <selection activeCell="A30" sqref="A30:BP30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="70.697021" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="87.121582" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="12.854004" bestFit="true" customWidth="true" style="0"/>
@@ -932,531 +791,259 @@
     <col min="44" max="44" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="69" max="69" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...66 lines deleted...]
-    <col min="136" max="136" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:136">
+    <row r="1" spans="1:68">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="I1" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="J1" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="K1" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="L1" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="M1" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="N1" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="N1" s="1" t="s">
+      <c r="O1" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="O1" s="1" t="s">
+      <c r="P1" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="P1" s="1" t="s">
+      <c r="Q1" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="Q1" s="1" t="s">
+      <c r="R1" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="R1" s="1" t="s">
+      <c r="S1" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="S1" s="1" t="s">
+      <c r="T1" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="T1" s="1" t="s">
+      <c r="U1" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="U1" s="1" t="s">
+      <c r="V1" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="V1" s="1" t="s">
+      <c r="W1" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="W1" s="1" t="s">
+      <c r="X1" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="X1" s="1" t="s">
+      <c r="Y1" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="Y1" s="1" t="s">
+      <c r="Z1" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="Z1" s="1" t="s">
+      <c r="AA1" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="AA1" s="1" t="s">
+      <c r="AB1" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="AB1" s="1" t="s">
+      <c r="AC1" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="AC1" s="1" t="s">
+      <c r="AD1" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="AD1" s="1" t="s">
+      <c r="AE1" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="AE1" s="1" t="s">
+      <c r="AF1" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="AF1" s="1" t="s">
+      <c r="AG1" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="AG1" s="1" t="s">
+      <c r="AH1" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="AH1" s="1" t="s">
+      <c r="AI1" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="AI1" s="1" t="s">
+      <c r="AJ1" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="AJ1" s="1" t="s">
+      <c r="AK1" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="AK1" s="1" t="s">
+      <c r="AL1" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="AL1" s="1" t="s">
+      <c r="AM1" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="AM1" s="1" t="s">
+      <c r="AN1" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="AN1" s="1" t="s">
+      <c r="AO1" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="AO1" s="1" t="s">
+      <c r="AP1" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="AP1" s="1" t="s">
+      <c r="AQ1" s="1" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="AR1" s="1" t="s">
         <v>41</v>
       </c>
       <c r="AS1" s="1" t="s">
         <v>42</v>
       </c>
       <c r="AT1" s="1" t="s">
         <v>43</v>
       </c>
       <c r="AU1" s="1" t="s">
         <v>44</v>
       </c>
       <c r="AV1" s="1" t="s">
         <v>45</v>
       </c>
       <c r="AW1" s="1" t="s">
         <v>46</v>
       </c>
       <c r="AX1" s="1" t="s">
         <v>47</v>
       </c>
       <c r="AY1" s="1" t="s">
         <v>48</v>
       </c>
       <c r="AZ1" s="1" t="s">
         <v>49</v>
       </c>
       <c r="BA1" s="1" t="s">
         <v>50</v>
       </c>
       <c r="BB1" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="BC1" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="BD1" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="BE1" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="BF1" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="BG1" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="BH1" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="BI1" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="BJ1" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="BK1" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="BL1" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="BM1" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="BN1" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="BO1" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="BP1" s="1" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="BQ1" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="BR1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:68">
+      <c r="A2" s="2" t="s">
         <v>66</v>
-      </c>
-[...201 lines deleted...]
-        <v>132</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
@@ -1481,122 +1068,54 @@
       <c r="AR2" s="2"/>
       <c r="AS2" s="2"/>
       <c r="AT2" s="2"/>
       <c r="AU2" s="2"/>
       <c r="AV2" s="2"/>
       <c r="AW2" s="2"/>
       <c r="AX2" s="2"/>
       <c r="AY2" s="2"/>
       <c r="AZ2" s="2"/>
       <c r="BA2" s="2"/>
       <c r="BB2" s="2"/>
       <c r="BC2" s="2"/>
       <c r="BD2" s="2"/>
       <c r="BE2" s="2"/>
       <c r="BF2" s="2"/>
       <c r="BG2" s="2"/>
       <c r="BH2" s="2"/>
       <c r="BI2" s="2"/>
       <c r="BJ2" s="2"/>
       <c r="BK2" s="2"/>
       <c r="BL2" s="2"/>
       <c r="BM2" s="2"/>
       <c r="BN2" s="2"/>
       <c r="BO2" s="2"/>
       <c r="BP2" s="2"/>
-      <c r="BQ2" s="2"/>
-[...66 lines deleted...]
-      <c r="EF2" s="2"/>
     </row>
-    <row r="3" spans="1:136">
+    <row r="3" spans="1:68">
       <c r="A3" s="3" t="s">
-        <v>133</v>
+        <v>67</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
@@ -1621,1352 +1140,672 @@
       <c r="AR3" s="3"/>
       <c r="AS3" s="3"/>
       <c r="AT3" s="3"/>
       <c r="AU3" s="3"/>
       <c r="AV3" s="3"/>
       <c r="AW3" s="3"/>
       <c r="AX3" s="3"/>
       <c r="AY3" s="3"/>
       <c r="AZ3" s="3"/>
       <c r="BA3" s="3"/>
       <c r="BB3" s="3"/>
       <c r="BC3" s="3"/>
       <c r="BD3" s="3"/>
       <c r="BE3" s="3"/>
       <c r="BF3" s="3"/>
       <c r="BG3" s="3"/>
       <c r="BH3" s="3"/>
       <c r="BI3" s="3"/>
       <c r="BJ3" s="3"/>
       <c r="BK3" s="3"/>
       <c r="BL3" s="3"/>
       <c r="BM3" s="3"/>
       <c r="BN3" s="3"/>
       <c r="BO3" s="3"/>
       <c r="BP3" s="3"/>
-      <c r="BQ3" s="3"/>
-[...66 lines deleted...]
-      <c r="EF3" s="3"/>
     </row>
-    <row r="4" spans="1:136">
+    <row r="4" spans="1:68">
       <c r="A4" t="s">
-        <v>134</v>
+        <v>68</v>
       </c>
       <c r="B4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="C4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="D4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="E4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="F4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="G4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="H4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="I4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="J4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="K4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="L4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="M4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="N4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="O4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="P4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="Q4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="R4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="S4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="T4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="U4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="V4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="W4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="X4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="Y4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="Z4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="AA4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="AB4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="AC4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="AD4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="AE4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="AF4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="AG4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="AH4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="AI4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="AJ4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="AK4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="AL4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="AM4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="AN4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="AO4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="AP4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="AQ4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="AR4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="AS4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="AT4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="AU4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="AV4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="AW4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="AX4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="AY4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="AZ4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="BA4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="BB4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="BC4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="BD4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="BE4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="BF4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="BG4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="BH4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="BI4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="BJ4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="BK4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="BL4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="BM4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="BN4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="BO4" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="BP4" t="s">
-        <v>135</v>
-[...203 lines deleted...]
-        <v>135</v>
+        <v>69</v>
       </c>
     </row>
-    <row r="5" spans="1:136">
+    <row r="5" spans="1:68">
       <c r="A5" t="s">
-        <v>136</v>
+        <v>70</v>
       </c>
       <c r="B5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="C5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="D5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="E5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="F5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="G5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="H5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="I5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="J5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="K5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="L5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="M5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="N5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="O5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="P5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="Q5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="R5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="S5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="T5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="U5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="V5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="W5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="X5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="Y5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="Z5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="AA5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="AB5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="AC5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="AD5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="AE5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="AF5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="AG5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="AH5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="AI5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="AJ5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="AK5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="AL5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="AM5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="AN5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="AO5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="AP5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="AQ5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="AR5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="AS5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="AT5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="AU5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="AV5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="AW5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="AX5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="AY5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="AZ5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="BA5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="BB5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="BC5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="BD5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="BE5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="BF5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="BG5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="BH5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="BI5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="BJ5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="BK5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="BL5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="BM5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="BN5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="BO5" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="BP5" t="s">
-        <v>137</v>
-[...203 lines deleted...]
-        <v>137</v>
+        <v>71</v>
       </c>
     </row>
-    <row r="6" spans="1:136">
+    <row r="6" spans="1:68">
       <c r="A6" t="s">
-        <v>138</v>
+        <v>72</v>
       </c>
       <c r="B6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="C6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="D6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="E6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="F6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="G6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="H6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="I6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="J6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="K6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="L6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="M6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="N6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="O6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="P6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="Q6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="R6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="S6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="T6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="U6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="V6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="W6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="X6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="Y6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="Z6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="AA6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="AB6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="AC6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="AD6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="AE6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="AF6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="AG6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="AH6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="AI6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="AJ6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="AK6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="AL6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="AM6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="AN6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="AO6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="AP6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="AQ6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="AR6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="AS6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="AT6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="AU6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="AV6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="AW6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="AX6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="AY6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="AZ6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="BA6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="BB6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="BC6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="BD6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="BE6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="BF6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="BG6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="BH6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="BI6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="BJ6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="BK6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="BL6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="BM6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="BN6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="BO6" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="BP6" t="s">
-        <v>139</v>
-[...203 lines deleted...]
-        <v>139</v>
+        <v>73</v>
       </c>
     </row>
-    <row r="7" spans="1:136">
+    <row r="7" spans="1:68">
       <c r="A7" s="3" t="s">
-        <v>140</v>
+        <v>74</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
       <c r="W7" s="3"/>
       <c r="X7" s="3"/>
       <c r="Y7" s="3"/>
@@ -2991,1352 +1830,672 @@
       <c r="AR7" s="3"/>
       <c r="AS7" s="3"/>
       <c r="AT7" s="3"/>
       <c r="AU7" s="3"/>
       <c r="AV7" s="3"/>
       <c r="AW7" s="3"/>
       <c r="AX7" s="3"/>
       <c r="AY7" s="3"/>
       <c r="AZ7" s="3"/>
       <c r="BA7" s="3"/>
       <c r="BB7" s="3"/>
       <c r="BC7" s="3"/>
       <c r="BD7" s="3"/>
       <c r="BE7" s="3"/>
       <c r="BF7" s="3"/>
       <c r="BG7" s="3"/>
       <c r="BH7" s="3"/>
       <c r="BI7" s="3"/>
       <c r="BJ7" s="3"/>
       <c r="BK7" s="3"/>
       <c r="BL7" s="3"/>
       <c r="BM7" s="3"/>
       <c r="BN7" s="3"/>
       <c r="BO7" s="3"/>
       <c r="BP7" s="3"/>
-      <c r="BQ7" s="3"/>
-[...66 lines deleted...]
-      <c r="EF7" s="3"/>
     </row>
-    <row r="8" spans="1:136">
+    <row r="8" spans="1:68">
       <c r="A8" t="s">
-        <v>134</v>
+        <v>68</v>
       </c>
       <c r="B8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="C8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="D8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="E8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="F8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="G8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="H8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="I8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="J8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="K8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="L8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="M8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="N8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="O8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="P8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="Q8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="R8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="S8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="T8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="U8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="V8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="W8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="X8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="Y8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="Z8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AA8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AB8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AC8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AD8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AE8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AF8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AG8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AH8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AI8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AJ8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AK8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AL8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AM8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AN8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AO8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AP8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AQ8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AR8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AS8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AT8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AU8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AV8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AW8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AX8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AY8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AZ8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BA8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BB8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BC8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BD8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BE8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BF8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BG8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BH8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BI8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BJ8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BK8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BL8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BM8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BN8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BO8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BP8" t="s">
-        <v>141</v>
-[...203 lines deleted...]
-        <v>141</v>
+        <v>75</v>
       </c>
     </row>
-    <row r="9" spans="1:136">
+    <row r="9" spans="1:68">
       <c r="A9" t="s">
-        <v>136</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="C9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="D9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="E9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="F9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="G9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="H9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="I9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="J9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="K9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="L9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="M9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="N9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="O9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="P9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="Q9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="R9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="S9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="T9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="U9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="V9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="W9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="X9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="Y9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="Z9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="AA9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="AB9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="AC9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="AD9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="AE9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="AF9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="AG9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="AH9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="AI9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="AJ9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="AK9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="AL9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="AM9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="AN9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="AO9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="AP9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="AQ9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="AR9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="AS9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="AT9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="AU9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="AV9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="AW9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="AX9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="AY9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="AZ9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="BA9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="BB9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="BC9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="BD9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="BE9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="BF9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="BG9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="BH9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="BI9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="BJ9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="BK9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="BL9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="BM9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="BN9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="BO9" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="BP9" t="s">
-        <v>142</v>
-[...203 lines deleted...]
-        <v>142</v>
+        <v>76</v>
       </c>
     </row>
-    <row r="10" spans="1:136">
+    <row r="10" spans="1:68">
       <c r="A10" t="s">
-        <v>138</v>
+        <v>72</v>
       </c>
       <c r="B10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="C10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="D10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="E10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="F10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="G10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="H10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="I10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="J10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="K10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="L10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="M10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="N10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="O10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="P10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="Q10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="R10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="S10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="T10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="U10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="V10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="W10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="X10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="Y10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="Z10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="AA10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="AB10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="AC10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="AD10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="AE10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="AF10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="AG10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="AH10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="AI10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="AJ10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="AK10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="AL10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="AM10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="AN10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="AO10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="AP10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="AQ10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="AR10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="AS10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="AT10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="AU10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="AV10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="AW10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="AX10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="AY10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="AZ10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="BA10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="BB10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="BC10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="BD10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="BE10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="BF10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="BG10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="BH10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="BI10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="BJ10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="BK10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="BL10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="BM10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="BN10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="BO10" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="BP10" t="s">
-        <v>143</v>
-[...203 lines deleted...]
-        <v>143</v>
+        <v>77</v>
       </c>
     </row>
-    <row r="11" spans="1:136">
+    <row r="11" spans="1:68">
       <c r="A11" s="3" t="s">
-        <v>144</v>
+        <v>78</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
       <c r="W11" s="3"/>
       <c r="X11" s="3"/>
       <c r="Y11" s="3"/>
@@ -4361,1792 +2520,1250 @@
       <c r="AR11" s="3"/>
       <c r="AS11" s="3"/>
       <c r="AT11" s="3"/>
       <c r="AU11" s="3"/>
       <c r="AV11" s="3"/>
       <c r="AW11" s="3"/>
       <c r="AX11" s="3"/>
       <c r="AY11" s="3"/>
       <c r="AZ11" s="3"/>
       <c r="BA11" s="3"/>
       <c r="BB11" s="3"/>
       <c r="BC11" s="3"/>
       <c r="BD11" s="3"/>
       <c r="BE11" s="3"/>
       <c r="BF11" s="3"/>
       <c r="BG11" s="3"/>
       <c r="BH11" s="3"/>
       <c r="BI11" s="3"/>
       <c r="BJ11" s="3"/>
       <c r="BK11" s="3"/>
       <c r="BL11" s="3"/>
       <c r="BM11" s="3"/>
       <c r="BN11" s="3"/>
       <c r="BO11" s="3"/>
       <c r="BP11" s="3"/>
-      <c r="BQ11" s="3"/>
-[...66 lines deleted...]
-      <c r="EF11" s="3"/>
     </row>
-    <row r="12" spans="1:136">
+    <row r="12" spans="1:68">
       <c r="A12" t="s">
-        <v>134</v>
+        <v>68</v>
       </c>
       <c r="B12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="C12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="D12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="E12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="F12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="G12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="H12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="I12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="J12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="K12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="L12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="M12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="N12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="O12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="P12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="Q12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="R12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="S12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="T12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="U12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="V12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="W12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="X12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="Y12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="Z12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="AA12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="AB12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="AC12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="AD12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="AE12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="AF12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="AG12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="AH12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="AI12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="AJ12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="AK12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="AL12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="AM12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="AN12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="AO12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="AP12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="AQ12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="AR12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="AS12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="AT12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="AU12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="AV12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="AW12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="AX12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="AY12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="AZ12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="BA12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="BB12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="BC12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="BD12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="BE12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="BF12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="BG12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="BH12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="BI12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="BJ12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="BK12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="BL12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="BM12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="BN12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="BO12" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="BP12" t="s">
-        <v>145</v>
-[...203 lines deleted...]
-        <v>145</v>
+        <v>79</v>
       </c>
     </row>
-    <row r="13" spans="1:136">
+    <row r="13" spans="1:68">
       <c r="A13" t="s">
-        <v>136</v>
+        <v>70</v>
       </c>
       <c r="B13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="C13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="D13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="E13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="F13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="G13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="H13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="I13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="J13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="K13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="L13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="M13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="N13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="O13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="P13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="Q13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="R13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="S13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="T13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="U13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="V13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="W13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="X13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="Y13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="Z13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AA13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AB13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AC13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AD13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AE13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AF13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AG13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AH13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AI13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AJ13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AK13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AL13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AM13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AN13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AO13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AP13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AQ13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AR13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AS13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AT13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AU13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AV13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AW13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AX13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AY13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AZ13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BA13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BB13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BC13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BD13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BE13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BF13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BG13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BH13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BI13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BJ13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BK13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BL13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BM13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BN13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BO13" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BP13" t="s">
-        <v>141</v>
-[...203 lines deleted...]
-        <v>141</v>
+        <v>75</v>
       </c>
     </row>
-    <row r="14" spans="1:136">
+    <row r="14" spans="1:68">
       <c r="A14" t="s">
-        <v>138</v>
+        <v>72</v>
       </c>
       <c r="B14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="C14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="D14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="E14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="F14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="G14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="H14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="I14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="J14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="K14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="L14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="M14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="N14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="O14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="P14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="Q14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="R14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="S14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="T14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="U14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="V14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="W14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="X14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="Y14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="Z14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="AA14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="AB14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="AC14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="AD14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="AE14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="AF14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="AG14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="AH14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="AI14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="AJ14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="AK14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="AL14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="AM14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="AN14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="AO14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="AP14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="AQ14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="AR14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="AS14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="AT14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="AU14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="AV14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="AW14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="AX14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="AY14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="AZ14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="BA14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="BB14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="BC14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="BD14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="BE14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="BF14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="BG14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="BH14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="BI14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="BJ14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="BK14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="BL14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="BM14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="BN14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="BO14" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="BP14" t="s">
-        <v>146</v>
-[...203 lines deleted...]
-        <v>146</v>
+        <v>80</v>
       </c>
     </row>
-    <row r="15" spans="1:136">
-[...135 lines deleted...]
-      <c r="EF15" s="4"/>
+    <row r="15" spans="1:68">
+      <c r="A15" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B15" s="3"/>
+      <c r="C15" s="3"/>
+      <c r="D15" s="3"/>
+      <c r="E15" s="3"/>
+      <c r="F15" s="3"/>
+      <c r="G15" s="3"/>
+      <c r="H15" s="3"/>
+      <c r="I15" s="3"/>
+      <c r="J15" s="3"/>
+      <c r="K15" s="3"/>
+      <c r="L15" s="3"/>
+      <c r="M15" s="3"/>
+      <c r="N15" s="3"/>
+      <c r="O15" s="3"/>
+      <c r="P15" s="3"/>
+      <c r="Q15" s="3"/>
+      <c r="R15" s="3"/>
+      <c r="S15" s="3"/>
+      <c r="T15" s="3"/>
+      <c r="U15" s="3"/>
+      <c r="V15" s="3"/>
+      <c r="W15" s="3"/>
+      <c r="X15" s="3"/>
+      <c r="Y15" s="3"/>
+      <c r="Z15" s="3"/>
+      <c r="AA15" s="3"/>
+      <c r="AB15" s="3"/>
+      <c r="AC15" s="3"/>
+      <c r="AD15" s="3"/>
+      <c r="AE15" s="3"/>
+      <c r="AF15" s="3"/>
+      <c r="AG15" s="3"/>
+      <c r="AH15" s="3"/>
+      <c r="AI15" s="3"/>
+      <c r="AJ15" s="3"/>
+      <c r="AK15" s="3"/>
+      <c r="AL15" s="3"/>
+      <c r="AM15" s="3"/>
+      <c r="AN15" s="3"/>
+      <c r="AO15" s="3"/>
+      <c r="AP15" s="3"/>
+      <c r="AQ15" s="3"/>
+      <c r="AR15" s="3"/>
+      <c r="AS15" s="3"/>
+      <c r="AT15" s="3"/>
+      <c r="AU15" s="3"/>
+      <c r="AV15" s="3"/>
+      <c r="AW15" s="3"/>
+      <c r="AX15" s="3"/>
+      <c r="AY15" s="3"/>
+      <c r="AZ15" s="3"/>
+      <c r="BA15" s="3"/>
+      <c r="BB15" s="3"/>
+      <c r="BC15" s="3"/>
+      <c r="BD15" s="3"/>
+      <c r="BE15" s="3"/>
+      <c r="BF15" s="3"/>
+      <c r="BG15" s="3"/>
+      <c r="BH15" s="3"/>
+      <c r="BI15" s="3"/>
+      <c r="BJ15" s="3"/>
+      <c r="BK15" s="3"/>
+      <c r="BL15" s="3"/>
+      <c r="BM15" s="3"/>
+      <c r="BN15" s="3"/>
+      <c r="BO15" s="3"/>
+      <c r="BP15" s="3"/>
     </row>
-    <row r="16" spans="1:136">
-[...137 lines deleted...]
-      <c r="EF16" s="2"/>
+    <row r="16" spans="1:68">
+      <c r="A16" t="s">
+        <v>68</v>
+      </c>
+      <c r="B16" t="s">
+        <v>82</v>
+      </c>
+      <c r="C16" t="s">
+        <v>82</v>
+      </c>
+      <c r="D16" t="s">
+        <v>82</v>
+      </c>
+      <c r="E16" t="s">
+        <v>82</v>
+      </c>
+      <c r="F16" t="s">
+        <v>82</v>
+      </c>
+      <c r="G16" t="s">
+        <v>82</v>
+      </c>
+      <c r="H16" t="s">
+        <v>82</v>
+      </c>
+      <c r="I16" t="s">
+        <v>82</v>
+      </c>
+      <c r="J16" t="s">
+        <v>82</v>
+      </c>
+      <c r="K16" t="s">
+        <v>82</v>
+      </c>
+      <c r="L16" t="s">
+        <v>82</v>
+      </c>
+      <c r="M16" t="s">
+        <v>82</v>
+      </c>
+      <c r="N16" t="s">
+        <v>82</v>
+      </c>
+      <c r="O16" t="s">
+        <v>82</v>
+      </c>
+      <c r="P16" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>82</v>
+      </c>
+      <c r="R16" t="s">
+        <v>82</v>
+      </c>
+      <c r="S16" t="s">
+        <v>82</v>
+      </c>
+      <c r="T16" t="s">
+        <v>82</v>
+      </c>
+      <c r="U16" t="s">
+        <v>82</v>
+      </c>
+      <c r="V16" t="s">
+        <v>82</v>
+      </c>
+      <c r="W16" t="s">
+        <v>82</v>
+      </c>
+      <c r="X16" t="s">
+        <v>82</v>
+      </c>
+      <c r="Y16" t="s">
+        <v>82</v>
+      </c>
+      <c r="Z16" t="s">
+        <v>82</v>
+      </c>
+      <c r="AA16" t="s">
+        <v>82</v>
+      </c>
+      <c r="AB16" t="s">
+        <v>82</v>
+      </c>
+      <c r="AC16" t="s">
+        <v>82</v>
+      </c>
+      <c r="AD16" t="s">
+        <v>82</v>
+      </c>
+      <c r="AE16" t="s">
+        <v>82</v>
+      </c>
+      <c r="AF16" t="s">
+        <v>82</v>
+      </c>
+      <c r="AG16" t="s">
+        <v>82</v>
+      </c>
+      <c r="AH16" t="s">
+        <v>82</v>
+      </c>
+      <c r="AI16" t="s">
+        <v>82</v>
+      </c>
+      <c r="AJ16" t="s">
+        <v>83</v>
+      </c>
+      <c r="AK16" t="s">
+        <v>82</v>
+      </c>
+      <c r="AL16" t="s">
+        <v>82</v>
+      </c>
+      <c r="AM16" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN16" t="s">
+        <v>82</v>
+      </c>
+      <c r="AO16" t="s">
+        <v>82</v>
+      </c>
+      <c r="AP16" t="s">
+        <v>82</v>
+      </c>
+      <c r="AQ16" t="s">
+        <v>82</v>
+      </c>
+      <c r="AR16" t="s">
+        <v>82</v>
+      </c>
+      <c r="AS16" t="s">
+        <v>82</v>
+      </c>
+      <c r="AT16" t="s">
+        <v>82</v>
+      </c>
+      <c r="AU16" t="s">
+        <v>82</v>
+      </c>
+      <c r="AV16" t="s">
+        <v>82</v>
+      </c>
+      <c r="AW16" t="s">
+        <v>82</v>
+      </c>
+      <c r="AX16" t="s">
+        <v>82</v>
+      </c>
+      <c r="AY16" t="s">
+        <v>82</v>
+      </c>
+      <c r="AZ16" t="s">
+        <v>82</v>
+      </c>
+      <c r="BA16" t="s">
+        <v>82</v>
+      </c>
+      <c r="BB16" t="s">
+        <v>82</v>
+      </c>
+      <c r="BC16" t="s">
+        <v>82</v>
+      </c>
+      <c r="BD16" t="s">
+        <v>82</v>
+      </c>
+      <c r="BE16" t="s">
+        <v>82</v>
+      </c>
+      <c r="BF16" t="s">
+        <v>82</v>
+      </c>
+      <c r="BG16" t="s">
+        <v>82</v>
+      </c>
+      <c r="BH16" t="s">
+        <v>82</v>
+      </c>
+      <c r="BI16" t="s">
+        <v>82</v>
+      </c>
+      <c r="BJ16" t="s">
+        <v>82</v>
+      </c>
+      <c r="BK16" t="s">
+        <v>82</v>
+      </c>
+      <c r="BL16" t="s">
+        <v>82</v>
+      </c>
+      <c r="BM16" t="s">
+        <v>82</v>
+      </c>
+      <c r="BN16" t="s">
+        <v>82</v>
+      </c>
+      <c r="BO16" t="s">
+        <v>82</v>
+      </c>
+      <c r="BP16" t="s">
+        <v>82</v>
+      </c>
     </row>
-    <row r="17" spans="1:136">
-[...5 lines deleted...]
-      </c>
+    <row r="17" spans="1:68">
+      <c r="A17" s="4"/>
+      <c r="B17" s="4"/>
+      <c r="C17" s="4"/>
+      <c r="D17" s="4"/>
+      <c r="E17" s="4"/>
+      <c r="F17" s="4"/>
+      <c r="G17" s="4"/>
+      <c r="H17" s="4"/>
+      <c r="I17" s="4"/>
+      <c r="J17" s="4"/>
+      <c r="K17" s="4"/>
+      <c r="L17" s="4"/>
+      <c r="M17" s="4"/>
+      <c r="N17" s="4"/>
+      <c r="O17" s="4"/>
+      <c r="P17" s="4"/>
+      <c r="Q17" s="4"/>
+      <c r="R17" s="4"/>
+      <c r="S17" s="4"/>
+      <c r="T17" s="4"/>
+      <c r="U17" s="4"/>
+      <c r="V17" s="4"/>
+      <c r="W17" s="4"/>
+      <c r="X17" s="4"/>
+      <c r="Y17" s="4"/>
+      <c r="Z17" s="4"/>
+      <c r="AA17" s="4"/>
+      <c r="AB17" s="4"/>
+      <c r="AC17" s="4"/>
+      <c r="AD17" s="4"/>
+      <c r="AE17" s="4"/>
+      <c r="AF17" s="4"/>
+      <c r="AG17" s="4"/>
+      <c r="AH17" s="4"/>
+      <c r="AI17" s="4"/>
+      <c r="AJ17" s="4"/>
+      <c r="AK17" s="4"/>
+      <c r="AL17" s="4"/>
+      <c r="AM17" s="4"/>
+      <c r="AN17" s="4"/>
+      <c r="AO17" s="4"/>
+      <c r="AP17" s="4"/>
+      <c r="AQ17" s="4"/>
+      <c r="AR17" s="4"/>
+      <c r="AS17" s="4"/>
+      <c r="AT17" s="4"/>
+      <c r="AU17" s="4"/>
+      <c r="AV17" s="4"/>
+      <c r="AW17" s="4"/>
+      <c r="AX17" s="4"/>
+      <c r="AY17" s="4"/>
+      <c r="AZ17" s="4"/>
+      <c r="BA17" s="4"/>
+      <c r="BB17" s="4"/>
+      <c r="BC17" s="4"/>
+      <c r="BD17" s="4"/>
+      <c r="BE17" s="4"/>
+      <c r="BF17" s="4"/>
+      <c r="BG17" s="4"/>
+      <c r="BH17" s="4"/>
+      <c r="BI17" s="4"/>
+      <c r="BJ17" s="4"/>
+      <c r="BK17" s="4"/>
+      <c r="BL17" s="4"/>
+      <c r="BM17" s="4"/>
+      <c r="BN17" s="4"/>
+      <c r="BO17" s="4"/>
+      <c r="BP17" s="4"/>
     </row>
-    <row r="18" spans="1:136">
-[...5 lines deleted...]
-      </c>
+    <row r="18" spans="1:68">
+      <c r="A18" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="B18" s="2"/>
+      <c r="C18" s="2"/>
+      <c r="D18" s="2"/>
+      <c r="E18" s="2"/>
+      <c r="F18" s="2"/>
+      <c r="G18" s="2"/>
+      <c r="H18" s="2"/>
+      <c r="I18" s="2"/>
+      <c r="J18" s="2"/>
+      <c r="K18" s="2"/>
+      <c r="L18" s="2"/>
+      <c r="M18" s="2"/>
+      <c r="N18" s="2"/>
+      <c r="O18" s="2"/>
+      <c r="P18" s="2"/>
+      <c r="Q18" s="2"/>
+      <c r="R18" s="2"/>
+      <c r="S18" s="2"/>
+      <c r="T18" s="2"/>
+      <c r="U18" s="2"/>
+      <c r="V18" s="2"/>
+      <c r="W18" s="2"/>
+      <c r="X18" s="2"/>
+      <c r="Y18" s="2"/>
+      <c r="Z18" s="2"/>
+      <c r="AA18" s="2"/>
+      <c r="AB18" s="2"/>
+      <c r="AC18" s="2"/>
+      <c r="AD18" s="2"/>
+      <c r="AE18" s="2"/>
+      <c r="AF18" s="2"/>
+      <c r="AG18" s="2"/>
+      <c r="AH18" s="2"/>
+      <c r="AI18" s="2"/>
+      <c r="AJ18" s="2"/>
+      <c r="AK18" s="2"/>
+      <c r="AL18" s="2"/>
+      <c r="AM18" s="2"/>
+      <c r="AN18" s="2"/>
+      <c r="AO18" s="2"/>
+      <c r="AP18" s="2"/>
+      <c r="AQ18" s="2"/>
+      <c r="AR18" s="2"/>
+      <c r="AS18" s="2"/>
+      <c r="AT18" s="2"/>
+      <c r="AU18" s="2"/>
+      <c r="AV18" s="2"/>
+      <c r="AW18" s="2"/>
+      <c r="AX18" s="2"/>
+      <c r="AY18" s="2"/>
+      <c r="AZ18" s="2"/>
+      <c r="BA18" s="2"/>
+      <c r="BB18" s="2"/>
+      <c r="BC18" s="2"/>
+      <c r="BD18" s="2"/>
+      <c r="BE18" s="2"/>
+      <c r="BF18" s="2"/>
+      <c r="BG18" s="2"/>
+      <c r="BH18" s="2"/>
+      <c r="BI18" s="2"/>
+      <c r="BJ18" s="2"/>
+      <c r="BK18" s="2"/>
+      <c r="BL18" s="2"/>
+      <c r="BM18" s="2"/>
+      <c r="BN18" s="2"/>
+      <c r="BO18" s="2"/>
+      <c r="BP18" s="2"/>
     </row>
-    <row r="20" spans="1:136">
-[...137 lines deleted...]
-      <c r="EF20" s="1"/>
+    <row r="19" spans="1:68">
+      <c r="A19" t="s">
+        <v>85</v>
+      </c>
+      <c r="B19" t="s">
+        <v>86</v>
+      </c>
     </row>
-    <row r="21" spans="1:136">
+    <row r="20" spans="1:68">
+      <c r="A20" t="s">
+        <v>87</v>
+      </c>
+      <c r="B20" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="21" spans="1:68">
       <c r="A21" t="s">
-        <v>152</v>
+        <v>88</v>
+      </c>
+      <c r="B21" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="22" spans="1:68">
+      <c r="A22" t="s">
+        <v>90</v>
+      </c>
+      <c r="B22" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="23" spans="1:68">
+      <c r="A23" t="s">
+        <v>92</v>
+      </c>
+      <c r="B23" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="24" spans="1:68">
+      <c r="A24" t="s">
+        <v>94</v>
+      </c>
+      <c r="B24" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="25" spans="1:68">
+      <c r="A25" t="s">
+        <v>96</v>
+      </c>
+      <c r="B25" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="26" spans="1:68">
+      <c r="A26" t="s">
+        <v>98</v>
+      </c>
+      <c r="B26" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="27" spans="1:68">
+      <c r="A27" t="s">
+        <v>100</v>
+      </c>
+      <c r="B27" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="28" spans="1:68">
+      <c r="A28" t="s">
+        <v>102</v>
+      </c>
+      <c r="B28" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="30" spans="1:68">
+      <c r="A30" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B30" s="1"/>
+      <c r="C30" s="1"/>
+      <c r="D30" s="1"/>
+      <c r="E30" s="1"/>
+      <c r="F30" s="1"/>
+      <c r="G30" s="1"/>
+      <c r="H30" s="1"/>
+      <c r="I30" s="1"/>
+      <c r="J30" s="1"/>
+      <c r="K30" s="1"/>
+      <c r="L30" s="1"/>
+      <c r="M30" s="1"/>
+      <c r="N30" s="1"/>
+      <c r="O30" s="1"/>
+      <c r="P30" s="1"/>
+      <c r="Q30" s="1"/>
+      <c r="R30" s="1"/>
+      <c r="S30" s="1"/>
+      <c r="T30" s="1"/>
+      <c r="U30" s="1"/>
+      <c r="V30" s="1"/>
+      <c r="W30" s="1"/>
+      <c r="X30" s="1"/>
+      <c r="Y30" s="1"/>
+      <c r="Z30" s="1"/>
+      <c r="AA30" s="1"/>
+      <c r="AB30" s="1"/>
+      <c r="AC30" s="1"/>
+      <c r="AD30" s="1"/>
+      <c r="AE30" s="1"/>
+      <c r="AF30" s="1"/>
+      <c r="AG30" s="1"/>
+      <c r="AH30" s="1"/>
+      <c r="AI30" s="1"/>
+      <c r="AJ30" s="1"/>
+      <c r="AK30" s="1"/>
+      <c r="AL30" s="1"/>
+      <c r="AM30" s="1"/>
+      <c r="AN30" s="1"/>
+      <c r="AO30" s="1"/>
+      <c r="AP30" s="1"/>
+      <c r="AQ30" s="1"/>
+      <c r="AR30" s="1"/>
+      <c r="AS30" s="1"/>
+      <c r="AT30" s="1"/>
+      <c r="AU30" s="1"/>
+      <c r="AV30" s="1"/>
+      <c r="AW30" s="1"/>
+      <c r="AX30" s="1"/>
+      <c r="AY30" s="1"/>
+      <c r="AZ30" s="1"/>
+      <c r="BA30" s="1"/>
+      <c r="BB30" s="1"/>
+      <c r="BC30" s="1"/>
+      <c r="BD30" s="1"/>
+      <c r="BE30" s="1"/>
+      <c r="BF30" s="1"/>
+      <c r="BG30" s="1"/>
+      <c r="BH30" s="1"/>
+      <c r="BI30" s="1"/>
+      <c r="BJ30" s="1"/>
+      <c r="BK30" s="1"/>
+      <c r="BL30" s="1"/>
+      <c r="BM30" s="1"/>
+      <c r="BN30" s="1"/>
+      <c r="BO30" s="1"/>
+      <c r="BP30" s="1"/>
+    </row>
+    <row r="31" spans="1:68">
+      <c r="A31" t="s">
+        <v>105</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A21:EF21"/>
+    <mergeCell ref="A31:BP31"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>