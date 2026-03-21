--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -12,186 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="41610-kamchatka-na-maksim..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
-[...134 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>21.03.2026</t>
   </si>
   <si>
     <t>22.03.2026</t>
   </si>
   <si>
     <t>23.03.2026</t>
   </si>
   <si>
     <t>24.03.2026</t>
   </si>
   <si>
     <t>25.03.2026</t>
   </si>
   <si>
     <t>26.03.2026</t>
   </si>
   <si>
     <t>27.03.2026</t>
   </si>
   <si>
     <t>28.03.2026</t>
   </si>
   <si>
@@ -257,123 +122,114 @@
   <si>
     <t>110000 RUB</t>
   </si>
   <si>
     <t>2х-местный (Гостевой дом «Стандарт», «Глазастик», «Forest»)</t>
   </si>
   <si>
     <t>90000 RUB</t>
   </si>
   <si>
     <t>85000 RUB</t>
   </si>
   <si>
     <t>120000 RUB</t>
   </si>
   <si>
     <t>2х-местный (Apart Lodge)</t>
   </si>
   <si>
     <t>100000 RUB</t>
   </si>
   <si>
     <t>140000 RUB</t>
   </si>
   <si>
-    <t>Гостевой дом «Gray house»</t>
-[...7 lines deleted...]
-  <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Доп. ночь 2х-местный (Форест)</t>
   </si>
   <si>
     <t>10400 RUB</t>
   </si>
   <si>
     <t>доп ночи в категории "глазастик"</t>
   </si>
   <si>
     <t>Доп.ночь 2х местный номер в корпусе "Голубое озеро"</t>
   </si>
   <si>
     <t>7500 RUB</t>
   </si>
   <si>
     <t>Крабовый пикник</t>
   </si>
   <si>
     <t>2500 RUB</t>
   </si>
   <si>
     <t>Страхование «Активный отдых»</t>
   </si>
   <si>
-    <t>1400 RUB</t>
+    <t>200 RUB</t>
   </si>
   <si>
     <t>полис страхования "Активный отдых + отмена поездки", Альфастрахование</t>
   </si>
   <si>
     <t>6400 RUB</t>
   </si>
   <si>
     <t>Банный набор (Халат, тапочки, полотенце)</t>
   </si>
   <si>
     <t>1500 RUB</t>
   </si>
   <si>
     <t>Трансфер к горнолыжной базе туда-обратно-туда, цена за человека</t>
   </si>
   <si>
     <t>2000 RUB</t>
   </si>
   <si>
     <t>термальные источники Зеленовские озерки</t>
   </si>
   <si>
     <t>9000 RUB</t>
   </si>
   <si>
     <t>Замена сборного трансфера из (в) аэропорт на индивидуальный, цена за авто</t>
   </si>
   <si>
     <t>3000 RUB</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 04.02.2026 08:21, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 22.03.2026 01:43, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,3055 +571,1029 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BP31"/>
+  <dimension ref="A1:V29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A30" sqref="A30:BP30"/>
+      <selection activeCell="A28" sqref="A28:V28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="87.121582" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...44 lines deleted...]
-    <col min="68" max="68" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:68">
+    <row r="1" spans="1:22">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="K1" s="1" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="L1" s="1" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="M1" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="N1" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="O1" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="P1" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="Q1" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="R1" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="S1" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="T1" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="U1" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="V1" s="1" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="W1" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="X1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:22">
+      <c r="A2" s="2" t="s">
         <v>21</v>
-      </c>
-[...135 lines deleted...]
-        <v>66</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
-      <c r="W2" s="2"/>
-[...46 lines deleted...]
-    <row r="3" spans="1:68">
+    </row>
+    <row r="3" spans="1:22">
       <c r="A3" s="3" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
-      <c r="W3" s="3"/>
-[...46 lines deleted...]
-    <row r="4" spans="1:68">
+    </row>
+    <row r="4" spans="1:22">
       <c r="A4" t="s">
-        <v>68</v>
+        <v>23</v>
       </c>
       <c r="B4" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="C4" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="F4" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="G4" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="H4" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="I4" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="J4" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="K4" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="M4" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="N4" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="O4" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="P4" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="Q4" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="R4" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="S4" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="T4" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="U4" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="V4" t="s">
-        <v>69</v>
-[...140 lines deleted...]
-    <row r="5" spans="1:68">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5" spans="1:22">
       <c r="A5" t="s">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="C5" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="D5" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="E5" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="F5" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="G5" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="H5" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="I5" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="J5" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="K5" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="L5" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="M5" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="N5" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="P5" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="Q5" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="R5" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="S5" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="T5" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="U5" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="V5" t="s">
-        <v>71</v>
-[...140 lines deleted...]
-    <row r="6" spans="1:68">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="6" spans="1:22">
       <c r="A6" t="s">
-        <v>72</v>
+        <v>27</v>
       </c>
       <c r="B6" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="C6" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="D6" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="E6" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="F6" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="G6" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="H6" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="I6" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="J6" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="K6" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="L6" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="M6" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="N6" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="O6" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="P6" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="Q6" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="R6" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="S6" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="T6" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="U6" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="V6" t="s">
-        <v>73</v>
-[...140 lines deleted...]
-    <row r="7" spans="1:68">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:22">
       <c r="A7" s="3" t="s">
-        <v>74</v>
+        <v>29</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
-      <c r="W7" s="3"/>
-[...46 lines deleted...]
-    <row r="8" spans="1:68">
+    </row>
+    <row r="8" spans="1:22">
       <c r="A8" t="s">
-        <v>68</v>
+        <v>23</v>
       </c>
       <c r="B8" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="C8" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="D8" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="E8" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="F8" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="G8" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="H8" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="I8" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="J8" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="K8" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="L8" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="M8" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="N8" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="O8" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="P8" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="Q8" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="R8" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="S8" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="T8" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="U8" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="V8" t="s">
-        <v>75</v>
-[...140 lines deleted...]
-    <row r="9" spans="1:68">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="9" spans="1:22">
       <c r="A9" t="s">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="B9" t="s">
-        <v>76</v>
+        <v>31</v>
       </c>
       <c r="C9" t="s">
-        <v>76</v>
+        <v>31</v>
       </c>
       <c r="D9" t="s">
-        <v>76</v>
+        <v>31</v>
       </c>
       <c r="E9" t="s">
-        <v>76</v>
+        <v>31</v>
       </c>
       <c r="F9" t="s">
-        <v>76</v>
+        <v>31</v>
       </c>
       <c r="G9" t="s">
-        <v>76</v>
+        <v>31</v>
       </c>
       <c r="H9" t="s">
-        <v>76</v>
+        <v>31</v>
       </c>
       <c r="I9" t="s">
-        <v>76</v>
+        <v>31</v>
       </c>
       <c r="J9" t="s">
-        <v>76</v>
+        <v>31</v>
       </c>
       <c r="K9" t="s">
-        <v>76</v>
+        <v>31</v>
       </c>
       <c r="L9" t="s">
-        <v>76</v>
+        <v>31</v>
       </c>
       <c r="M9" t="s">
-        <v>76</v>
+        <v>31</v>
       </c>
       <c r="N9" t="s">
-        <v>76</v>
+        <v>31</v>
       </c>
       <c r="O9" t="s">
-        <v>76</v>
+        <v>31</v>
       </c>
       <c r="P9" t="s">
-        <v>76</v>
+        <v>31</v>
       </c>
       <c r="Q9" t="s">
-        <v>76</v>
+        <v>31</v>
       </c>
       <c r="R9" t="s">
-        <v>76</v>
+        <v>31</v>
       </c>
       <c r="S9" t="s">
-        <v>76</v>
+        <v>31</v>
       </c>
       <c r="T9" t="s">
-        <v>76</v>
+        <v>31</v>
       </c>
       <c r="U9" t="s">
-        <v>76</v>
+        <v>31</v>
       </c>
       <c r="V9" t="s">
-        <v>76</v>
-[...140 lines deleted...]
-    <row r="10" spans="1:68">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="10" spans="1:22">
       <c r="A10" t="s">
-        <v>72</v>
+        <v>27</v>
       </c>
       <c r="B10" t="s">
-        <v>77</v>
+        <v>32</v>
       </c>
       <c r="C10" t="s">
-        <v>77</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>32</v>
       </c>
       <c r="E10" t="s">
-        <v>77</v>
+        <v>32</v>
       </c>
       <c r="F10" t="s">
-        <v>77</v>
+        <v>32</v>
       </c>
       <c r="G10" t="s">
-        <v>77</v>
+        <v>32</v>
       </c>
       <c r="H10" t="s">
-        <v>77</v>
+        <v>32</v>
       </c>
       <c r="I10" t="s">
-        <v>77</v>
+        <v>32</v>
       </c>
       <c r="J10" t="s">
-        <v>77</v>
+        <v>32</v>
       </c>
       <c r="K10" t="s">
-        <v>77</v>
+        <v>32</v>
       </c>
       <c r="L10" t="s">
-        <v>77</v>
+        <v>32</v>
       </c>
       <c r="M10" t="s">
-        <v>77</v>
+        <v>32</v>
       </c>
       <c r="N10" t="s">
-        <v>77</v>
+        <v>32</v>
       </c>
       <c r="O10" t="s">
-        <v>77</v>
+        <v>32</v>
       </c>
       <c r="P10" t="s">
-        <v>77</v>
+        <v>32</v>
       </c>
       <c r="Q10" t="s">
-        <v>77</v>
+        <v>32</v>
       </c>
       <c r="R10" t="s">
-        <v>77</v>
+        <v>32</v>
       </c>
       <c r="S10" t="s">
-        <v>77</v>
+        <v>32</v>
       </c>
       <c r="T10" t="s">
-        <v>77</v>
+        <v>32</v>
       </c>
       <c r="U10" t="s">
-        <v>77</v>
+        <v>32</v>
       </c>
       <c r="V10" t="s">
-        <v>77</v>
-[...140 lines deleted...]
-    <row r="11" spans="1:68">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="11" spans="1:22">
       <c r="A11" s="3" t="s">
-        <v>78</v>
+        <v>33</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
-      <c r="W11" s="3"/>
-[...46 lines deleted...]
-    <row r="12" spans="1:68">
+    </row>
+    <row r="12" spans="1:22">
       <c r="A12" t="s">
-        <v>68</v>
+        <v>23</v>
       </c>
       <c r="B12" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="C12" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="F12" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="G12" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="H12" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="I12" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="J12" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="K12" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="L12" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="M12" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="N12" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="O12" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="P12" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="Q12" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="R12" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="S12" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="T12" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="U12" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="V12" t="s">
-        <v>79</v>
-[...140 lines deleted...]
-    <row r="13" spans="1:68">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="13" spans="1:22">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="B13" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="C13" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="E13" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="F13" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="G13" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="H13" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="I13" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="J13" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="K13" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="L13" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="M13" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="N13" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="O13" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="P13" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="Q13" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="R13" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="S13" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="T13" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="U13" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="V13" t="s">
-        <v>75</v>
-[...140 lines deleted...]
-    <row r="14" spans="1:68">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="14" spans="1:22">
       <c r="A14" t="s">
-        <v>72</v>
+        <v>27</v>
       </c>
       <c r="B14" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
       <c r="C14" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
       <c r="F14" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
       <c r="G14" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
       <c r="H14" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
       <c r="I14" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
       <c r="J14" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
       <c r="K14" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
       <c r="L14" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
       <c r="M14" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
       <c r="N14" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
       <c r="O14" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
       <c r="P14" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
       <c r="Q14" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
       <c r="R14" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
       <c r="S14" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
       <c r="T14" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
       <c r="U14" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
       <c r="V14" t="s">
-        <v>80</v>
-[...560 lines deleted...]
-    <row r="19" spans="1:68">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="15" spans="1:22">
+      <c r="A15" s="4"/>
+      <c r="B15" s="4"/>
+      <c r="C15" s="4"/>
+      <c r="D15" s="4"/>
+      <c r="E15" s="4"/>
+      <c r="F15" s="4"/>
+      <c r="G15" s="4"/>
+      <c r="H15" s="4"/>
+      <c r="I15" s="4"/>
+      <c r="J15" s="4"/>
+      <c r="K15" s="4"/>
+      <c r="L15" s="4"/>
+      <c r="M15" s="4"/>
+      <c r="N15" s="4"/>
+      <c r="O15" s="4"/>
+      <c r="P15" s="4"/>
+      <c r="Q15" s="4"/>
+      <c r="R15" s="4"/>
+      <c r="S15" s="4"/>
+      <c r="T15" s="4"/>
+      <c r="U15" s="4"/>
+      <c r="V15" s="4"/>
+    </row>
+    <row r="16" spans="1:22">
+      <c r="A16" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="B16" s="2"/>
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="2"/>
+      <c r="J16" s="2"/>
+      <c r="K16" s="2"/>
+      <c r="L16" s="2"/>
+      <c r="M16" s="2"/>
+      <c r="N16" s="2"/>
+      <c r="O16" s="2"/>
+      <c r="P16" s="2"/>
+      <c r="Q16" s="2"/>
+      <c r="R16" s="2"/>
+      <c r="S16" s="2"/>
+      <c r="T16" s="2"/>
+      <c r="U16" s="2"/>
+      <c r="V16" s="2"/>
+    </row>
+    <row r="17" spans="1:22">
+      <c r="A17" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="18" spans="1:22">
+      <c r="A18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="19" spans="1:22">
       <c r="A19" t="s">
-        <v>85</v>
+        <v>40</v>
       </c>
       <c r="B19" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:68">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="20" spans="1:22">
       <c r="A20" t="s">
-        <v>87</v>
+        <v>42</v>
       </c>
       <c r="B20" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:68">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="21" spans="1:22">
       <c r="A21" t="s">
-        <v>88</v>
+        <v>44</v>
       </c>
       <c r="B21" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:68">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="22" spans="1:22">
       <c r="A22" t="s">
-        <v>90</v>
+        <v>46</v>
       </c>
       <c r="B22" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:68">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="23" spans="1:22">
       <c r="A23" t="s">
-        <v>92</v>
+        <v>48</v>
       </c>
       <c r="B23" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:68">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="24" spans="1:22">
       <c r="A24" t="s">
-        <v>94</v>
+        <v>50</v>
       </c>
       <c r="B24" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:68">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="25" spans="1:22">
       <c r="A25" t="s">
-        <v>96</v>
+        <v>52</v>
       </c>
       <c r="B25" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:68">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="26" spans="1:22">
       <c r="A26" t="s">
-        <v>98</v>
+        <v>54</v>
       </c>
       <c r="B26" t="s">
-        <v>99</v>
-[...92 lines deleted...]
-        <v>105</v>
+        <v>55</v>
+      </c>
+    </row>
+    <row r="28" spans="1:22">
+      <c r="A28" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B28" s="1"/>
+      <c r="C28" s="1"/>
+      <c r="D28" s="1"/>
+      <c r="E28" s="1"/>
+      <c r="F28" s="1"/>
+      <c r="G28" s="1"/>
+      <c r="H28" s="1"/>
+      <c r="I28" s="1"/>
+      <c r="J28" s="1"/>
+      <c r="K28" s="1"/>
+      <c r="L28" s="1"/>
+      <c r="M28" s="1"/>
+      <c r="N28" s="1"/>
+      <c r="O28" s="1"/>
+      <c r="P28" s="1"/>
+      <c r="Q28" s="1"/>
+      <c r="R28" s="1"/>
+      <c r="S28" s="1"/>
+      <c r="T28" s="1"/>
+      <c r="U28" s="1"/>
+      <c r="V28" s="1"/>
+    </row>
+    <row r="29" spans="1:22">
+      <c r="A29" t="s">
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A31:BP31"/>
+    <mergeCell ref="A29:V29"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>