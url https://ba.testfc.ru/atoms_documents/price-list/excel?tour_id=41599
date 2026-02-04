--- v0 (2025-10-28)
+++ v1 (2026-02-04)
@@ -12,144 +12,378 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="41599-kamchatka-na-maksim..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="9">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+  <si>
+    <t>01.09.2026</t>
+  </si>
+  <si>
+    <t>02.09.2026</t>
+  </si>
+  <si>
+    <t>03.09.2026</t>
+  </si>
+  <si>
+    <t>04.09.2026</t>
+  </si>
+  <si>
+    <t>05.09.2026</t>
+  </si>
+  <si>
+    <t>06.09.2026</t>
+  </si>
+  <si>
+    <t>07.09.2026</t>
+  </si>
+  <si>
+    <t>08.09.2026</t>
+  </si>
+  <si>
+    <t>09.09.2026</t>
+  </si>
+  <si>
+    <t>10.09.2026</t>
+  </si>
+  <si>
+    <t>11.09.2026</t>
+  </si>
+  <si>
+    <t>12.09.2026</t>
+  </si>
+  <si>
+    <t>13.09.2026</t>
+  </si>
+  <si>
+    <t>14.09.2026</t>
+  </si>
+  <si>
+    <t>15.09.2026</t>
+  </si>
+  <si>
+    <t>16.09.2026</t>
+  </si>
+  <si>
+    <t>17.09.2026</t>
+  </si>
+  <si>
+    <t>18.09.2026</t>
+  </si>
+  <si>
+    <t>19.09.2026</t>
+  </si>
+  <si>
+    <t>20.09.2026</t>
+  </si>
+  <si>
+    <t>21.09.2026</t>
+  </si>
+  <si>
+    <t>22.09.2026</t>
+  </si>
+  <si>
+    <t>23.09.2026</t>
+  </si>
+  <si>
+    <t>24.09.2026</t>
+  </si>
+  <si>
+    <t>25.09.2026</t>
+  </si>
+  <si>
+    <t>26.09.2026</t>
+  </si>
+  <si>
+    <t>27.09.2026</t>
+  </si>
+  <si>
+    <t>28.09.2026</t>
+  </si>
+  <si>
+    <t>29.09.2026</t>
+  </si>
+  <si>
+    <t>30.09.2026</t>
+  </si>
+  <si>
+    <t>01.10.2026</t>
+  </si>
+  <si>
+    <t>02.10.2026</t>
+  </si>
+  <si>
+    <t>03.10.2026</t>
+  </si>
+  <si>
+    <t>04.10.2026</t>
+  </si>
+  <si>
+    <t>05.10.2026</t>
+  </si>
+  <si>
+    <t>06.10.2026</t>
+  </si>
+  <si>
+    <t>07.10.2026</t>
+  </si>
+  <si>
+    <t>08.10.2026</t>
+  </si>
+  <si>
+    <t>09.10.2026</t>
+  </si>
+  <si>
+    <t>10.10.2026</t>
+  </si>
+  <si>
+    <t>11.10.2026</t>
+  </si>
+  <si>
+    <t>12.10.2026</t>
+  </si>
+  <si>
+    <t>13.10.2026</t>
+  </si>
+  <si>
+    <t>14.10.2026</t>
+  </si>
+  <si>
+    <t>15.10.2026</t>
+  </si>
+  <si>
+    <t>16.10.2026</t>
+  </si>
+  <si>
+    <t>17.10.2026</t>
+  </si>
+  <si>
+    <t>18.10.2026</t>
+  </si>
+  <si>
+    <t>19.10.2026</t>
+  </si>
+  <si>
+    <t>20.10.2026</t>
+  </si>
+  <si>
+    <t>21.10.2026</t>
+  </si>
+  <si>
+    <t>22.10.2026</t>
+  </si>
+  <si>
+    <t>23.10.2026</t>
+  </si>
+  <si>
+    <t>24.10.2026</t>
+  </si>
+  <si>
+    <t>25.10.2026</t>
+  </si>
+  <si>
+    <t>26.10.2026</t>
+  </si>
+  <si>
+    <t>27.10.2026</t>
+  </si>
+  <si>
+    <t>28.10.2026</t>
+  </si>
+  <si>
+    <t>29.10.2026</t>
+  </si>
+  <si>
+    <t>30.10.2026</t>
+  </si>
+  <si>
+    <t>31.10.2026</t>
+  </si>
+  <si>
+    <t>Лагуна</t>
+  </si>
+  <si>
+    <t>2х-местный (Голубое озеро/глэмпинг Микижа)</t>
+  </si>
+  <si>
+    <t>Взрослый на основном месте</t>
+  </si>
+  <si>
+    <t>110000 RUB</t>
+  </si>
+  <si>
+    <t>Взрослый на дополнительном месте</t>
+  </si>
+  <si>
+    <t>85000 RUB</t>
+  </si>
+  <si>
+    <t>Одноместное размещение</t>
+  </si>
+  <si>
+    <t>160000 RUB</t>
+  </si>
+  <si>
+    <t>2х-местный (Гостевой дом «Стандарт», «Глазастик», «Forest»)</t>
+  </si>
+  <si>
+    <t>125000 RUB</t>
+  </si>
+  <si>
+    <t>180000 RUB</t>
+  </si>
+  <si>
+    <t>2х-местный (Apart Lodge)</t>
+  </si>
+  <si>
+    <t>135000 RUB</t>
+  </si>
+  <si>
+    <t>185000 RUB</t>
+  </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Камчатский welcome сэт</t>
   </si>
   <si>
     <t>7000 RUB</t>
   </si>
   <si>
     <t>Спа</t>
   </si>
   <si>
     <t>1500 RUB</t>
   </si>
   <si>
     <t>Халактырский пляж</t>
   </si>
   <si>
     <t>10000 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 28.10.2025 17:05, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 04.02.2026 09:42, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFFFFF"/>
+        <fgColor rgb="FF99CCFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF99CCFF"/>
+        <fgColor rgb="FFCCCCCC"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="4">
+  <cellXfs count="5">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="4" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -415,111 +649,2493 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B8"/>
+  <dimension ref="A1:BJ22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A7" sqref="A7:B7"/>
+      <selection activeCell="A21" sqref="A21:BJ21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993408" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="11.711426" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="70.697021" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="47" max="47" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2">
+    <row r="1" spans="1:62">
       <c r="A1" s="1"/>
-      <c r="B1" s="1"/>
+      <c r="B1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="M1" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="N1" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="O1" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="P1" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="Q1" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="R1" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="S1" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="T1" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="U1" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="V1" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="W1" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="X1" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="Y1" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="Z1" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="AA1" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="AB1" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="AC1" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="AD1" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="AE1" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AF1" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="AG1" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AH1" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AI1" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AJ1" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="AK1" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="AL1" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="AM1" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="AN1" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="AO1" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="AP1" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="AQ1" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="AR1" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="AS1" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="AT1" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="AU1" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="AV1" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="AW1" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="AX1" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="AY1" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="AZ1" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="BA1" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="BB1" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="BC1" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="BD1" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BE1" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="BF1" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="BG1" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="BH1" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="BI1" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="BJ1" s="1" t="s">
+        <v>60</v>
+      </c>
     </row>
-    <row r="2" spans="1:2">
+    <row r="2" spans="1:62">
       <c r="A2" s="2" t="s">
-        <v>0</v>
+        <v>61</v>
       </c>
       <c r="B2" s="2"/>
+      <c r="C2" s="2"/>
+      <c r="D2" s="2"/>
+      <c r="E2" s="2"/>
+      <c r="F2" s="2"/>
+      <c r="G2" s="2"/>
+      <c r="H2" s="2"/>
+      <c r="I2" s="2"/>
+      <c r="J2" s="2"/>
+      <c r="K2" s="2"/>
+      <c r="L2" s="2"/>
+      <c r="M2" s="2"/>
+      <c r="N2" s="2"/>
+      <c r="O2" s="2"/>
+      <c r="P2" s="2"/>
+      <c r="Q2" s="2"/>
+      <c r="R2" s="2"/>
+      <c r="S2" s="2"/>
+      <c r="T2" s="2"/>
+      <c r="U2" s="2"/>
+      <c r="V2" s="2"/>
+      <c r="W2" s="2"/>
+      <c r="X2" s="2"/>
+      <c r="Y2" s="2"/>
+      <c r="Z2" s="2"/>
+      <c r="AA2" s="2"/>
+      <c r="AB2" s="2"/>
+      <c r="AC2" s="2"/>
+      <c r="AD2" s="2"/>
+      <c r="AE2" s="2"/>
+      <c r="AF2" s="2"/>
+      <c r="AG2" s="2"/>
+      <c r="AH2" s="2"/>
+      <c r="AI2" s="2"/>
+      <c r="AJ2" s="2"/>
+      <c r="AK2" s="2"/>
+      <c r="AL2" s="2"/>
+      <c r="AM2" s="2"/>
+      <c r="AN2" s="2"/>
+      <c r="AO2" s="2"/>
+      <c r="AP2" s="2"/>
+      <c r="AQ2" s="2"/>
+      <c r="AR2" s="2"/>
+      <c r="AS2" s="2"/>
+      <c r="AT2" s="2"/>
+      <c r="AU2" s="2"/>
+      <c r="AV2" s="2"/>
+      <c r="AW2" s="2"/>
+      <c r="AX2" s="2"/>
+      <c r="AY2" s="2"/>
+      <c r="AZ2" s="2"/>
+      <c r="BA2" s="2"/>
+      <c r="BB2" s="2"/>
+      <c r="BC2" s="2"/>
+      <c r="BD2" s="2"/>
+      <c r="BE2" s="2"/>
+      <c r="BF2" s="2"/>
+      <c r="BG2" s="2"/>
+      <c r="BH2" s="2"/>
+      <c r="BI2" s="2"/>
+      <c r="BJ2" s="2"/>
     </row>
-    <row r="3" spans="1:2">
-[...5 lines deleted...]
-      </c>
+    <row r="3" spans="1:62">
+      <c r="A3" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B3" s="3"/>
+      <c r="C3" s="3"/>
+      <c r="D3" s="3"/>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="3"/>
+      <c r="H3" s="3"/>
+      <c r="I3" s="3"/>
+      <c r="J3" s="3"/>
+      <c r="K3" s="3"/>
+      <c r="L3" s="3"/>
+      <c r="M3" s="3"/>
+      <c r="N3" s="3"/>
+      <c r="O3" s="3"/>
+      <c r="P3" s="3"/>
+      <c r="Q3" s="3"/>
+      <c r="R3" s="3"/>
+      <c r="S3" s="3"/>
+      <c r="T3" s="3"/>
+      <c r="U3" s="3"/>
+      <c r="V3" s="3"/>
+      <c r="W3" s="3"/>
+      <c r="X3" s="3"/>
+      <c r="Y3" s="3"/>
+      <c r="Z3" s="3"/>
+      <c r="AA3" s="3"/>
+      <c r="AB3" s="3"/>
+      <c r="AC3" s="3"/>
+      <c r="AD3" s="3"/>
+      <c r="AE3" s="3"/>
+      <c r="AF3" s="3"/>
+      <c r="AG3" s="3"/>
+      <c r="AH3" s="3"/>
+      <c r="AI3" s="3"/>
+      <c r="AJ3" s="3"/>
+      <c r="AK3" s="3"/>
+      <c r="AL3" s="3"/>
+      <c r="AM3" s="3"/>
+      <c r="AN3" s="3"/>
+      <c r="AO3" s="3"/>
+      <c r="AP3" s="3"/>
+      <c r="AQ3" s="3"/>
+      <c r="AR3" s="3"/>
+      <c r="AS3" s="3"/>
+      <c r="AT3" s="3"/>
+      <c r="AU3" s="3"/>
+      <c r="AV3" s="3"/>
+      <c r="AW3" s="3"/>
+      <c r="AX3" s="3"/>
+      <c r="AY3" s="3"/>
+      <c r="AZ3" s="3"/>
+      <c r="BA3" s="3"/>
+      <c r="BB3" s="3"/>
+      <c r="BC3" s="3"/>
+      <c r="BD3" s="3"/>
+      <c r="BE3" s="3"/>
+      <c r="BF3" s="3"/>
+      <c r="BG3" s="3"/>
+      <c r="BH3" s="3"/>
+      <c r="BI3" s="3"/>
+      <c r="BJ3" s="3"/>
     </row>
-    <row r="4" spans="1:2">
+    <row r="4" spans="1:62">
       <c r="A4" t="s">
-        <v>3</v>
+        <v>63</v>
       </c>
       <c r="B4" t="s">
-        <v>4</v>
+        <v>64</v>
+      </c>
+      <c r="C4" t="s">
+        <v>64</v>
+      </c>
+      <c r="D4" t="s">
+        <v>64</v>
+      </c>
+      <c r="E4" t="s">
+        <v>64</v>
+      </c>
+      <c r="F4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G4" t="s">
+        <v>64</v>
+      </c>
+      <c r="H4" t="s">
+        <v>64</v>
+      </c>
+      <c r="I4" t="s">
+        <v>64</v>
+      </c>
+      <c r="J4" t="s">
+        <v>64</v>
+      </c>
+      <c r="K4" t="s">
+        <v>64</v>
+      </c>
+      <c r="L4" t="s">
+        <v>64</v>
+      </c>
+      <c r="M4" t="s">
+        <v>64</v>
+      </c>
+      <c r="N4" t="s">
+        <v>64</v>
+      </c>
+      <c r="O4" t="s">
+        <v>64</v>
+      </c>
+      <c r="P4" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>64</v>
+      </c>
+      <c r="R4" t="s">
+        <v>64</v>
+      </c>
+      <c r="S4" t="s">
+        <v>64</v>
+      </c>
+      <c r="T4" t="s">
+        <v>64</v>
+      </c>
+      <c r="U4" t="s">
+        <v>64</v>
+      </c>
+      <c r="V4" t="s">
+        <v>64</v>
+      </c>
+      <c r="W4" t="s">
+        <v>64</v>
+      </c>
+      <c r="X4" t="s">
+        <v>64</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>64</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>64</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>64</v>
+      </c>
+      <c r="AB4" t="s">
+        <v>64</v>
+      </c>
+      <c r="AC4" t="s">
+        <v>64</v>
+      </c>
+      <c r="AD4" t="s">
+        <v>64</v>
+      </c>
+      <c r="AE4" t="s">
+        <v>64</v>
+      </c>
+      <c r="AF4" t="s">
+        <v>64</v>
+      </c>
+      <c r="AG4" t="s">
+        <v>64</v>
+      </c>
+      <c r="AH4" t="s">
+        <v>64</v>
+      </c>
+      <c r="AI4" t="s">
+        <v>64</v>
+      </c>
+      <c r="AJ4" t="s">
+        <v>64</v>
+      </c>
+      <c r="AK4" t="s">
+        <v>64</v>
+      </c>
+      <c r="AL4" t="s">
+        <v>64</v>
+      </c>
+      <c r="AM4" t="s">
+        <v>64</v>
+      </c>
+      <c r="AN4" t="s">
+        <v>64</v>
+      </c>
+      <c r="AO4" t="s">
+        <v>64</v>
+      </c>
+      <c r="AP4" t="s">
+        <v>64</v>
+      </c>
+      <c r="AQ4" t="s">
+        <v>64</v>
+      </c>
+      <c r="AR4" t="s">
+        <v>64</v>
+      </c>
+      <c r="AS4" t="s">
+        <v>64</v>
+      </c>
+      <c r="AT4" t="s">
+        <v>64</v>
+      </c>
+      <c r="AU4" t="s">
+        <v>64</v>
+      </c>
+      <c r="AV4" t="s">
+        <v>64</v>
+      </c>
+      <c r="AW4" t="s">
+        <v>64</v>
+      </c>
+      <c r="AX4" t="s">
+        <v>64</v>
+      </c>
+      <c r="AY4" t="s">
+        <v>64</v>
+      </c>
+      <c r="AZ4" t="s">
+        <v>64</v>
+      </c>
+      <c r="BA4" t="s">
+        <v>64</v>
+      </c>
+      <c r="BB4" t="s">
+        <v>64</v>
+      </c>
+      <c r="BC4" t="s">
+        <v>64</v>
+      </c>
+      <c r="BD4" t="s">
+        <v>64</v>
+      </c>
+      <c r="BE4" t="s">
+        <v>64</v>
+      </c>
+      <c r="BF4" t="s">
+        <v>64</v>
+      </c>
+      <c r="BG4" t="s">
+        <v>64</v>
+      </c>
+      <c r="BH4" t="s">
+        <v>64</v>
+      </c>
+      <c r="BI4" t="s">
+        <v>64</v>
+      </c>
+      <c r="BJ4" t="s">
+        <v>64</v>
       </c>
     </row>
-    <row r="5" spans="1:2">
+    <row r="5" spans="1:62">
       <c r="A5" t="s">
-        <v>5</v>
+        <v>65</v>
       </c>
       <c r="B5" t="s">
-        <v>6</v>
+        <v>66</v>
+      </c>
+      <c r="C5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E5" t="s">
+        <v>66</v>
+      </c>
+      <c r="F5" t="s">
+        <v>66</v>
+      </c>
+      <c r="G5" t="s">
+        <v>66</v>
+      </c>
+      <c r="H5" t="s">
+        <v>66</v>
+      </c>
+      <c r="I5" t="s">
+        <v>66</v>
+      </c>
+      <c r="J5" t="s">
+        <v>66</v>
+      </c>
+      <c r="K5" t="s">
+        <v>66</v>
+      </c>
+      <c r="L5" t="s">
+        <v>66</v>
+      </c>
+      <c r="M5" t="s">
+        <v>66</v>
+      </c>
+      <c r="N5" t="s">
+        <v>66</v>
+      </c>
+      <c r="O5" t="s">
+        <v>66</v>
+      </c>
+      <c r="P5" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>66</v>
+      </c>
+      <c r="R5" t="s">
+        <v>66</v>
+      </c>
+      <c r="S5" t="s">
+        <v>66</v>
+      </c>
+      <c r="T5" t="s">
+        <v>66</v>
+      </c>
+      <c r="U5" t="s">
+        <v>66</v>
+      </c>
+      <c r="V5" t="s">
+        <v>66</v>
+      </c>
+      <c r="W5" t="s">
+        <v>66</v>
+      </c>
+      <c r="X5" t="s">
+        <v>66</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>66</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AC5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AD5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AE5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AF5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AG5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AH5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AI5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AJ5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AK5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AL5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AM5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AN5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AO5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AP5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AQ5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AR5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AS5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AT5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AU5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AV5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AW5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AX5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AY5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AZ5" t="s">
+        <v>66</v>
+      </c>
+      <c r="BA5" t="s">
+        <v>66</v>
+      </c>
+      <c r="BB5" t="s">
+        <v>66</v>
+      </c>
+      <c r="BC5" t="s">
+        <v>66</v>
+      </c>
+      <c r="BD5" t="s">
+        <v>66</v>
+      </c>
+      <c r="BE5" t="s">
+        <v>66</v>
+      </c>
+      <c r="BF5" t="s">
+        <v>66</v>
+      </c>
+      <c r="BG5" t="s">
+        <v>66</v>
+      </c>
+      <c r="BH5" t="s">
+        <v>66</v>
+      </c>
+      <c r="BI5" t="s">
+        <v>66</v>
+      </c>
+      <c r="BJ5" t="s">
+        <v>66</v>
       </c>
     </row>
-    <row r="7" spans="1:2">
+    <row r="6" spans="1:62">
+      <c r="A6" t="s">
+        <v>67</v>
+      </c>
+      <c r="B6" t="s">
+        <v>68</v>
+      </c>
+      <c r="C6" t="s">
+        <v>68</v>
+      </c>
+      <c r="D6" t="s">
+        <v>68</v>
+      </c>
+      <c r="E6" t="s">
+        <v>68</v>
+      </c>
+      <c r="F6" t="s">
+        <v>68</v>
+      </c>
+      <c r="G6" t="s">
+        <v>68</v>
+      </c>
+      <c r="H6" t="s">
+        <v>68</v>
+      </c>
+      <c r="I6" t="s">
+        <v>68</v>
+      </c>
+      <c r="J6" t="s">
+        <v>68</v>
+      </c>
+      <c r="K6" t="s">
+        <v>68</v>
+      </c>
+      <c r="L6" t="s">
+        <v>68</v>
+      </c>
+      <c r="M6" t="s">
+        <v>68</v>
+      </c>
+      <c r="N6" t="s">
+        <v>68</v>
+      </c>
+      <c r="O6" t="s">
+        <v>68</v>
+      </c>
+      <c r="P6" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>68</v>
+      </c>
+      <c r="R6" t="s">
+        <v>68</v>
+      </c>
+      <c r="S6" t="s">
+        <v>68</v>
+      </c>
+      <c r="T6" t="s">
+        <v>68</v>
+      </c>
+      <c r="U6" t="s">
+        <v>68</v>
+      </c>
+      <c r="V6" t="s">
+        <v>68</v>
+      </c>
+      <c r="W6" t="s">
+        <v>68</v>
+      </c>
+      <c r="X6" t="s">
+        <v>68</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>68</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>68</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>68</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>68</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>68</v>
+      </c>
+      <c r="AD6" t="s">
+        <v>68</v>
+      </c>
+      <c r="AE6" t="s">
+        <v>68</v>
+      </c>
+      <c r="AF6" t="s">
+        <v>68</v>
+      </c>
+      <c r="AG6" t="s">
+        <v>68</v>
+      </c>
+      <c r="AH6" t="s">
+        <v>68</v>
+      </c>
+      <c r="AI6" t="s">
+        <v>68</v>
+      </c>
+      <c r="AJ6" t="s">
+        <v>68</v>
+      </c>
+      <c r="AK6" t="s">
+        <v>68</v>
+      </c>
+      <c r="AL6" t="s">
+        <v>68</v>
+      </c>
+      <c r="AM6" t="s">
+        <v>68</v>
+      </c>
+      <c r="AN6" t="s">
+        <v>68</v>
+      </c>
+      <c r="AO6" t="s">
+        <v>68</v>
+      </c>
+      <c r="AP6" t="s">
+        <v>68</v>
+      </c>
+      <c r="AQ6" t="s">
+        <v>68</v>
+      </c>
+      <c r="AR6" t="s">
+        <v>68</v>
+      </c>
+      <c r="AS6" t="s">
+        <v>68</v>
+      </c>
+      <c r="AT6" t="s">
+        <v>68</v>
+      </c>
+      <c r="AU6" t="s">
+        <v>68</v>
+      </c>
+      <c r="AV6" t="s">
+        <v>68</v>
+      </c>
+      <c r="AW6" t="s">
+        <v>68</v>
+      </c>
+      <c r="AX6" t="s">
+        <v>68</v>
+      </c>
+      <c r="AY6" t="s">
+        <v>68</v>
+      </c>
+      <c r="AZ6" t="s">
+        <v>68</v>
+      </c>
+      <c r="BA6" t="s">
+        <v>68</v>
+      </c>
+      <c r="BB6" t="s">
+        <v>68</v>
+      </c>
+      <c r="BC6" t="s">
+        <v>68</v>
+      </c>
+      <c r="BD6" t="s">
+        <v>68</v>
+      </c>
+      <c r="BE6" t="s">
+        <v>68</v>
+      </c>
+      <c r="BF6" t="s">
+        <v>68</v>
+      </c>
+      <c r="BG6" t="s">
+        <v>68</v>
+      </c>
+      <c r="BH6" t="s">
+        <v>68</v>
+      </c>
+      <c r="BI6" t="s">
+        <v>68</v>
+      </c>
+      <c r="BJ6" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:62">
       <c r="A7" s="3" t="s">
-        <v>7</v>
+        <v>69</v>
       </c>
       <c r="B7" s="3"/>
+      <c r="C7" s="3"/>
+      <c r="D7" s="3"/>
+      <c r="E7" s="3"/>
+      <c r="F7" s="3"/>
+      <c r="G7" s="3"/>
+      <c r="H7" s="3"/>
+      <c r="I7" s="3"/>
+      <c r="J7" s="3"/>
+      <c r="K7" s="3"/>
+      <c r="L7" s="3"/>
+      <c r="M7" s="3"/>
+      <c r="N7" s="3"/>
+      <c r="O7" s="3"/>
+      <c r="P7" s="3"/>
+      <c r="Q7" s="3"/>
+      <c r="R7" s="3"/>
+      <c r="S7" s="3"/>
+      <c r="T7" s="3"/>
+      <c r="U7" s="3"/>
+      <c r="V7" s="3"/>
+      <c r="W7" s="3"/>
+      <c r="X7" s="3"/>
+      <c r="Y7" s="3"/>
+      <c r="Z7" s="3"/>
+      <c r="AA7" s="3"/>
+      <c r="AB7" s="3"/>
+      <c r="AC7" s="3"/>
+      <c r="AD7" s="3"/>
+      <c r="AE7" s="3"/>
+      <c r="AF7" s="3"/>
+      <c r="AG7" s="3"/>
+      <c r="AH7" s="3"/>
+      <c r="AI7" s="3"/>
+      <c r="AJ7" s="3"/>
+      <c r="AK7" s="3"/>
+      <c r="AL7" s="3"/>
+      <c r="AM7" s="3"/>
+      <c r="AN7" s="3"/>
+      <c r="AO7" s="3"/>
+      <c r="AP7" s="3"/>
+      <c r="AQ7" s="3"/>
+      <c r="AR7" s="3"/>
+      <c r="AS7" s="3"/>
+      <c r="AT7" s="3"/>
+      <c r="AU7" s="3"/>
+      <c r="AV7" s="3"/>
+      <c r="AW7" s="3"/>
+      <c r="AX7" s="3"/>
+      <c r="AY7" s="3"/>
+      <c r="AZ7" s="3"/>
+      <c r="BA7" s="3"/>
+      <c r="BB7" s="3"/>
+      <c r="BC7" s="3"/>
+      <c r="BD7" s="3"/>
+      <c r="BE7" s="3"/>
+      <c r="BF7" s="3"/>
+      <c r="BG7" s="3"/>
+      <c r="BH7" s="3"/>
+      <c r="BI7" s="3"/>
+      <c r="BJ7" s="3"/>
     </row>
-    <row r="8" spans="1:2">
+    <row r="8" spans="1:62">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" t="s">
+        <v>70</v>
+      </c>
+      <c r="F8" t="s">
+        <v>70</v>
+      </c>
+      <c r="G8" t="s">
+        <v>70</v>
+      </c>
+      <c r="H8" t="s">
+        <v>70</v>
+      </c>
+      <c r="I8" t="s">
+        <v>70</v>
+      </c>
+      <c r="J8" t="s">
+        <v>70</v>
+      </c>
+      <c r="K8" t="s">
+        <v>70</v>
+      </c>
+      <c r="L8" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" t="s">
+        <v>70</v>
+      </c>
+      <c r="N8" t="s">
+        <v>70</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>70</v>
+      </c>
+      <c r="R8" t="s">
+        <v>70</v>
+      </c>
+      <c r="S8" t="s">
+        <v>70</v>
+      </c>
+      <c r="T8" t="s">
+        <v>70</v>
+      </c>
+      <c r="U8" t="s">
+        <v>70</v>
+      </c>
+      <c r="V8" t="s">
+        <v>70</v>
+      </c>
+      <c r="W8" t="s">
+        <v>70</v>
+      </c>
+      <c r="X8" t="s">
+        <v>70</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>70</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AD8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AE8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AF8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AG8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AH8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AI8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AJ8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AK8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AM8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AN8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AO8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AP8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AQ8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AR8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AS8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AT8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AU8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AV8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AW8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AX8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AY8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AZ8" t="s">
+        <v>70</v>
+      </c>
+      <c r="BA8" t="s">
+        <v>70</v>
+      </c>
+      <c r="BB8" t="s">
+        <v>70</v>
+      </c>
+      <c r="BC8" t="s">
+        <v>70</v>
+      </c>
+      <c r="BD8" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE8" t="s">
+        <v>70</v>
+      </c>
+      <c r="BF8" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG8" t="s">
+        <v>70</v>
+      </c>
+      <c r="BH8" t="s">
+        <v>70</v>
+      </c>
+      <c r="BI8" t="s">
+        <v>70</v>
+      </c>
+      <c r="BJ8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:62">
+      <c r="A9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" t="s">
+        <v>66</v>
+      </c>
+      <c r="D9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" t="s">
+        <v>66</v>
+      </c>
+      <c r="F9" t="s">
+        <v>66</v>
+      </c>
+      <c r="G9" t="s">
+        <v>66</v>
+      </c>
+      <c r="H9" t="s">
+        <v>66</v>
+      </c>
+      <c r="I9" t="s">
+        <v>66</v>
+      </c>
+      <c r="J9" t="s">
+        <v>66</v>
+      </c>
+      <c r="K9" t="s">
+        <v>66</v>
+      </c>
+      <c r="L9" t="s">
+        <v>66</v>
+      </c>
+      <c r="M9" t="s">
+        <v>66</v>
+      </c>
+      <c r="N9" t="s">
+        <v>66</v>
+      </c>
+      <c r="O9" t="s">
+        <v>66</v>
+      </c>
+      <c r="P9" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>66</v>
+      </c>
+      <c r="R9" t="s">
+        <v>66</v>
+      </c>
+      <c r="S9" t="s">
+        <v>66</v>
+      </c>
+      <c r="T9" t="s">
+        <v>66</v>
+      </c>
+      <c r="U9" t="s">
+        <v>66</v>
+      </c>
+      <c r="V9" t="s">
+        <v>66</v>
+      </c>
+      <c r="W9" t="s">
+        <v>66</v>
+      </c>
+      <c r="X9" t="s">
+        <v>66</v>
+      </c>
+      <c r="Y9" t="s">
+        <v>66</v>
+      </c>
+      <c r="Z9" t="s">
+        <v>66</v>
+      </c>
+      <c r="AA9" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB9" t="s">
+        <v>66</v>
+      </c>
+      <c r="AC9" t="s">
+        <v>66</v>
+      </c>
+      <c r="AD9" t="s">
+        <v>66</v>
+      </c>
+      <c r="AE9" t="s">
+        <v>66</v>
+      </c>
+      <c r="AF9" t="s">
+        <v>66</v>
+      </c>
+      <c r="AG9" t="s">
+        <v>66</v>
+      </c>
+      <c r="AH9" t="s">
+        <v>66</v>
+      </c>
+      <c r="AI9" t="s">
+        <v>66</v>
+      </c>
+      <c r="AJ9" t="s">
+        <v>66</v>
+      </c>
+      <c r="AK9" t="s">
+        <v>66</v>
+      </c>
+      <c r="AL9" t="s">
+        <v>66</v>
+      </c>
+      <c r="AM9" t="s">
+        <v>66</v>
+      </c>
+      <c r="AN9" t="s">
+        <v>66</v>
+      </c>
+      <c r="AO9" t="s">
+        <v>66</v>
+      </c>
+      <c r="AP9" t="s">
+        <v>66</v>
+      </c>
+      <c r="AQ9" t="s">
+        <v>66</v>
+      </c>
+      <c r="AR9" t="s">
+        <v>66</v>
+      </c>
+      <c r="AS9" t="s">
+        <v>66</v>
+      </c>
+      <c r="AT9" t="s">
+        <v>66</v>
+      </c>
+      <c r="AU9" t="s">
+        <v>66</v>
+      </c>
+      <c r="AV9" t="s">
+        <v>66</v>
+      </c>
+      <c r="AW9" t="s">
+        <v>66</v>
+      </c>
+      <c r="AX9" t="s">
+        <v>66</v>
+      </c>
+      <c r="AY9" t="s">
+        <v>66</v>
+      </c>
+      <c r="AZ9" t="s">
+        <v>66</v>
+      </c>
+      <c r="BA9" t="s">
+        <v>66</v>
+      </c>
+      <c r="BB9" t="s">
+        <v>66</v>
+      </c>
+      <c r="BC9" t="s">
+        <v>66</v>
+      </c>
+      <c r="BD9" t="s">
+        <v>66</v>
+      </c>
+      <c r="BE9" t="s">
+        <v>66</v>
+      </c>
+      <c r="BF9" t="s">
+        <v>66</v>
+      </c>
+      <c r="BG9" t="s">
+        <v>66</v>
+      </c>
+      <c r="BH9" t="s">
+        <v>66</v>
+      </c>
+      <c r="BI9" t="s">
+        <v>66</v>
+      </c>
+      <c r="BJ9" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="10" spans="1:62">
+      <c r="A10" t="s">
+        <v>67</v>
+      </c>
+      <c r="B10" t="s">
+        <v>71</v>
+      </c>
+      <c r="C10" t="s">
+        <v>71</v>
+      </c>
+      <c r="D10" t="s">
+        <v>71</v>
+      </c>
+      <c r="E10" t="s">
+        <v>71</v>
+      </c>
+      <c r="F10" t="s">
+        <v>71</v>
+      </c>
+      <c r="G10" t="s">
+        <v>71</v>
+      </c>
+      <c r="H10" t="s">
+        <v>71</v>
+      </c>
+      <c r="I10" t="s">
+        <v>71</v>
+      </c>
+      <c r="J10" t="s">
+        <v>71</v>
+      </c>
+      <c r="K10" t="s">
+        <v>71</v>
+      </c>
+      <c r="L10" t="s">
+        <v>71</v>
+      </c>
+      <c r="M10" t="s">
+        <v>71</v>
+      </c>
+      <c r="N10" t="s">
+        <v>71</v>
+      </c>
+      <c r="O10" t="s">
+        <v>71</v>
+      </c>
+      <c r="P10" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>71</v>
+      </c>
+      <c r="R10" t="s">
+        <v>71</v>
+      </c>
+      <c r="S10" t="s">
+        <v>71</v>
+      </c>
+      <c r="T10" t="s">
+        <v>71</v>
+      </c>
+      <c r="U10" t="s">
+        <v>71</v>
+      </c>
+      <c r="V10" t="s">
+        <v>71</v>
+      </c>
+      <c r="W10" t="s">
+        <v>71</v>
+      </c>
+      <c r="X10" t="s">
+        <v>71</v>
+      </c>
+      <c r="Y10" t="s">
+        <v>71</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AC10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AD10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AE10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AF10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AG10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AH10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AI10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AJ10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AK10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AL10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AM10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AN10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AO10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AP10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AQ10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AR10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AS10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AT10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AU10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AV10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AW10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AX10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AY10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AZ10" t="s">
+        <v>71</v>
+      </c>
+      <c r="BA10" t="s">
+        <v>71</v>
+      </c>
+      <c r="BB10" t="s">
+        <v>71</v>
+      </c>
+      <c r="BC10" t="s">
+        <v>71</v>
+      </c>
+      <c r="BD10" t="s">
+        <v>71</v>
+      </c>
+      <c r="BE10" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF10" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG10" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH10" t="s">
+        <v>71</v>
+      </c>
+      <c r="BI10" t="s">
+        <v>71</v>
+      </c>
+      <c r="BJ10" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="11" spans="1:62">
+      <c r="A11" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B11" s="3"/>
+      <c r="C11" s="3"/>
+      <c r="D11" s="3"/>
+      <c r="E11" s="3"/>
+      <c r="F11" s="3"/>
+      <c r="G11" s="3"/>
+      <c r="H11" s="3"/>
+      <c r="I11" s="3"/>
+      <c r="J11" s="3"/>
+      <c r="K11" s="3"/>
+      <c r="L11" s="3"/>
+      <c r="M11" s="3"/>
+      <c r="N11" s="3"/>
+      <c r="O11" s="3"/>
+      <c r="P11" s="3"/>
+      <c r="Q11" s="3"/>
+      <c r="R11" s="3"/>
+      <c r="S11" s="3"/>
+      <c r="T11" s="3"/>
+      <c r="U11" s="3"/>
+      <c r="V11" s="3"/>
+      <c r="W11" s="3"/>
+      <c r="X11" s="3"/>
+      <c r="Y11" s="3"/>
+      <c r="Z11" s="3"/>
+      <c r="AA11" s="3"/>
+      <c r="AB11" s="3"/>
+      <c r="AC11" s="3"/>
+      <c r="AD11" s="3"/>
+      <c r="AE11" s="3"/>
+      <c r="AF11" s="3"/>
+      <c r="AG11" s="3"/>
+      <c r="AH11" s="3"/>
+      <c r="AI11" s="3"/>
+      <c r="AJ11" s="3"/>
+      <c r="AK11" s="3"/>
+      <c r="AL11" s="3"/>
+      <c r="AM11" s="3"/>
+      <c r="AN11" s="3"/>
+      <c r="AO11" s="3"/>
+      <c r="AP11" s="3"/>
+      <c r="AQ11" s="3"/>
+      <c r="AR11" s="3"/>
+      <c r="AS11" s="3"/>
+      <c r="AT11" s="3"/>
+      <c r="AU11" s="3"/>
+      <c r="AV11" s="3"/>
+      <c r="AW11" s="3"/>
+      <c r="AX11" s="3"/>
+      <c r="AY11" s="3"/>
+      <c r="AZ11" s="3"/>
+      <c r="BA11" s="3"/>
+      <c r="BB11" s="3"/>
+      <c r="BC11" s="3"/>
+      <c r="BD11" s="3"/>
+      <c r="BE11" s="3"/>
+      <c r="BF11" s="3"/>
+      <c r="BG11" s="3"/>
+      <c r="BH11" s="3"/>
+      <c r="BI11" s="3"/>
+      <c r="BJ11" s="3"/>
+    </row>
+    <row r="12" spans="1:62">
+      <c r="A12" t="s">
+        <v>63</v>
+      </c>
+      <c r="B12" t="s">
+        <v>73</v>
+      </c>
+      <c r="C12" t="s">
+        <v>73</v>
+      </c>
+      <c r="D12" t="s">
+        <v>73</v>
+      </c>
+      <c r="E12" t="s">
+        <v>73</v>
+      </c>
+      <c r="F12" t="s">
+        <v>73</v>
+      </c>
+      <c r="G12" t="s">
+        <v>73</v>
+      </c>
+      <c r="H12" t="s">
+        <v>73</v>
+      </c>
+      <c r="I12" t="s">
+        <v>73</v>
+      </c>
+      <c r="J12" t="s">
+        <v>73</v>
+      </c>
+      <c r="K12" t="s">
+        <v>73</v>
+      </c>
+      <c r="L12" t="s">
+        <v>73</v>
+      </c>
+      <c r="M12" t="s">
+        <v>73</v>
+      </c>
+      <c r="N12" t="s">
+        <v>73</v>
+      </c>
+      <c r="O12" t="s">
+        <v>73</v>
+      </c>
+      <c r="P12" t="s">
+        <v>73</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>73</v>
+      </c>
+      <c r="R12" t="s">
+        <v>73</v>
+      </c>
+      <c r="S12" t="s">
+        <v>73</v>
+      </c>
+      <c r="T12" t="s">
+        <v>73</v>
+      </c>
+      <c r="U12" t="s">
+        <v>73</v>
+      </c>
+      <c r="V12" t="s">
+        <v>73</v>
+      </c>
+      <c r="W12" t="s">
+        <v>73</v>
+      </c>
+      <c r="X12" t="s">
+        <v>73</v>
+      </c>
+      <c r="Y12" t="s">
+        <v>73</v>
+      </c>
+      <c r="Z12" t="s">
+        <v>73</v>
+      </c>
+      <c r="AA12" t="s">
+        <v>73</v>
+      </c>
+      <c r="AB12" t="s">
+        <v>73</v>
+      </c>
+      <c r="AC12" t="s">
+        <v>73</v>
+      </c>
+      <c r="AD12" t="s">
+        <v>73</v>
+      </c>
+      <c r="AE12" t="s">
+        <v>73</v>
+      </c>
+      <c r="AF12" t="s">
+        <v>73</v>
+      </c>
+      <c r="AG12" t="s">
+        <v>73</v>
+      </c>
+      <c r="AH12" t="s">
+        <v>73</v>
+      </c>
+      <c r="AI12" t="s">
+        <v>73</v>
+      </c>
+      <c r="AJ12" t="s">
+        <v>73</v>
+      </c>
+      <c r="AK12" t="s">
+        <v>73</v>
+      </c>
+      <c r="AL12" t="s">
+        <v>73</v>
+      </c>
+      <c r="AM12" t="s">
+        <v>73</v>
+      </c>
+      <c r="AN12" t="s">
+        <v>73</v>
+      </c>
+      <c r="AO12" t="s">
+        <v>73</v>
+      </c>
+      <c r="AP12" t="s">
+        <v>73</v>
+      </c>
+      <c r="AQ12" t="s">
+        <v>73</v>
+      </c>
+      <c r="AR12" t="s">
+        <v>73</v>
+      </c>
+      <c r="AS12" t="s">
+        <v>73</v>
+      </c>
+      <c r="AT12" t="s">
+        <v>73</v>
+      </c>
+      <c r="AU12" t="s">
+        <v>73</v>
+      </c>
+      <c r="AV12" t="s">
+        <v>73</v>
+      </c>
+      <c r="AW12" t="s">
+        <v>73</v>
+      </c>
+      <c r="AX12" t="s">
+        <v>73</v>
+      </c>
+      <c r="AY12" t="s">
+        <v>73</v>
+      </c>
+      <c r="AZ12" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA12" t="s">
+        <v>73</v>
+      </c>
+      <c r="BB12" t="s">
+        <v>73</v>
+      </c>
+      <c r="BC12" t="s">
+        <v>73</v>
+      </c>
+      <c r="BD12" t="s">
+        <v>73</v>
+      </c>
+      <c r="BE12" t="s">
+        <v>73</v>
+      </c>
+      <c r="BF12" t="s">
+        <v>73</v>
+      </c>
+      <c r="BG12" t="s">
+        <v>73</v>
+      </c>
+      <c r="BH12" t="s">
+        <v>73</v>
+      </c>
+      <c r="BI12" t="s">
+        <v>73</v>
+      </c>
+      <c r="BJ12" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="13" spans="1:62">
+      <c r="A13" t="s">
+        <v>65</v>
+      </c>
+      <c r="B13" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" t="s">
+        <v>66</v>
+      </c>
+      <c r="D13" t="s">
+        <v>66</v>
+      </c>
+      <c r="E13" t="s">
+        <v>66</v>
+      </c>
+      <c r="F13" t="s">
+        <v>66</v>
+      </c>
+      <c r="G13" t="s">
+        <v>66</v>
+      </c>
+      <c r="H13" t="s">
+        <v>66</v>
+      </c>
+      <c r="I13" t="s">
+        <v>66</v>
+      </c>
+      <c r="J13" t="s">
+        <v>66</v>
+      </c>
+      <c r="K13" t="s">
+        <v>66</v>
+      </c>
+      <c r="L13" t="s">
+        <v>66</v>
+      </c>
+      <c r="M13" t="s">
+        <v>66</v>
+      </c>
+      <c r="N13" t="s">
+        <v>66</v>
+      </c>
+      <c r="O13" t="s">
+        <v>66</v>
+      </c>
+      <c r="P13" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>66</v>
+      </c>
+      <c r="R13" t="s">
+        <v>66</v>
+      </c>
+      <c r="S13" t="s">
+        <v>66</v>
+      </c>
+      <c r="T13" t="s">
+        <v>66</v>
+      </c>
+      <c r="U13" t="s">
+        <v>66</v>
+      </c>
+      <c r="V13" t="s">
+        <v>66</v>
+      </c>
+      <c r="W13" t="s">
+        <v>66</v>
+      </c>
+      <c r="X13" t="s">
+        <v>66</v>
+      </c>
+      <c r="Y13" t="s">
+        <v>66</v>
+      </c>
+      <c r="Z13" t="s">
+        <v>66</v>
+      </c>
+      <c r="AA13" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB13" t="s">
+        <v>66</v>
+      </c>
+      <c r="AC13" t="s">
+        <v>66</v>
+      </c>
+      <c r="AD13" t="s">
+        <v>66</v>
+      </c>
+      <c r="AE13" t="s">
+        <v>66</v>
+      </c>
+      <c r="AF13" t="s">
+        <v>66</v>
+      </c>
+      <c r="AG13" t="s">
+        <v>66</v>
+      </c>
+      <c r="AH13" t="s">
+        <v>66</v>
+      </c>
+      <c r="AI13" t="s">
+        <v>66</v>
+      </c>
+      <c r="AJ13" t="s">
+        <v>66</v>
+      </c>
+      <c r="AK13" t="s">
+        <v>66</v>
+      </c>
+      <c r="AL13" t="s">
+        <v>66</v>
+      </c>
+      <c r="AM13" t="s">
+        <v>66</v>
+      </c>
+      <c r="AN13" t="s">
+        <v>66</v>
+      </c>
+      <c r="AO13" t="s">
+        <v>66</v>
+      </c>
+      <c r="AP13" t="s">
+        <v>66</v>
+      </c>
+      <c r="AQ13" t="s">
+        <v>66</v>
+      </c>
+      <c r="AR13" t="s">
+        <v>66</v>
+      </c>
+      <c r="AS13" t="s">
+        <v>66</v>
+      </c>
+      <c r="AT13" t="s">
+        <v>66</v>
+      </c>
+      <c r="AU13" t="s">
+        <v>66</v>
+      </c>
+      <c r="AV13" t="s">
+        <v>66</v>
+      </c>
+      <c r="AW13" t="s">
+        <v>66</v>
+      </c>
+      <c r="AX13" t="s">
+        <v>66</v>
+      </c>
+      <c r="AY13" t="s">
+        <v>66</v>
+      </c>
+      <c r="AZ13" t="s">
+        <v>66</v>
+      </c>
+      <c r="BA13" t="s">
+        <v>66</v>
+      </c>
+      <c r="BB13" t="s">
+        <v>66</v>
+      </c>
+      <c r="BC13" t="s">
+        <v>66</v>
+      </c>
+      <c r="BD13" t="s">
+        <v>66</v>
+      </c>
+      <c r="BE13" t="s">
+        <v>66</v>
+      </c>
+      <c r="BF13" t="s">
+        <v>66</v>
+      </c>
+      <c r="BG13" t="s">
+        <v>66</v>
+      </c>
+      <c r="BH13" t="s">
+        <v>66</v>
+      </c>
+      <c r="BI13" t="s">
+        <v>66</v>
+      </c>
+      <c r="BJ13" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="14" spans="1:62">
+      <c r="A14" t="s">
+        <v>67</v>
+      </c>
+      <c r="B14" t="s">
+        <v>74</v>
+      </c>
+      <c r="C14" t="s">
+        <v>74</v>
+      </c>
+      <c r="D14" t="s">
+        <v>74</v>
+      </c>
+      <c r="E14" t="s">
+        <v>74</v>
+      </c>
+      <c r="F14" t="s">
+        <v>74</v>
+      </c>
+      <c r="G14" t="s">
+        <v>74</v>
+      </c>
+      <c r="H14" t="s">
+        <v>74</v>
+      </c>
+      <c r="I14" t="s">
+        <v>74</v>
+      </c>
+      <c r="J14" t="s">
+        <v>74</v>
+      </c>
+      <c r="K14" t="s">
+        <v>74</v>
+      </c>
+      <c r="L14" t="s">
+        <v>74</v>
+      </c>
+      <c r="M14" t="s">
+        <v>74</v>
+      </c>
+      <c r="N14" t="s">
+        <v>74</v>
+      </c>
+      <c r="O14" t="s">
+        <v>74</v>
+      </c>
+      <c r="P14" t="s">
+        <v>74</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>74</v>
+      </c>
+      <c r="R14" t="s">
+        <v>74</v>
+      </c>
+      <c r="S14" t="s">
+        <v>74</v>
+      </c>
+      <c r="T14" t="s">
+        <v>74</v>
+      </c>
+      <c r="U14" t="s">
+        <v>74</v>
+      </c>
+      <c r="V14" t="s">
+        <v>74</v>
+      </c>
+      <c r="W14" t="s">
+        <v>74</v>
+      </c>
+      <c r="X14" t="s">
+        <v>74</v>
+      </c>
+      <c r="Y14" t="s">
+        <v>74</v>
+      </c>
+      <c r="Z14" t="s">
+        <v>74</v>
+      </c>
+      <c r="AA14" t="s">
+        <v>74</v>
+      </c>
+      <c r="AB14" t="s">
+        <v>74</v>
+      </c>
+      <c r="AC14" t="s">
+        <v>74</v>
+      </c>
+      <c r="AD14" t="s">
+        <v>74</v>
+      </c>
+      <c r="AE14" t="s">
+        <v>74</v>
+      </c>
+      <c r="AF14" t="s">
+        <v>74</v>
+      </c>
+      <c r="AG14" t="s">
+        <v>74</v>
+      </c>
+      <c r="AH14" t="s">
+        <v>74</v>
+      </c>
+      <c r="AI14" t="s">
+        <v>74</v>
+      </c>
+      <c r="AJ14" t="s">
+        <v>74</v>
+      </c>
+      <c r="AK14" t="s">
+        <v>74</v>
+      </c>
+      <c r="AL14" t="s">
+        <v>74</v>
+      </c>
+      <c r="AM14" t="s">
+        <v>74</v>
+      </c>
+      <c r="AN14" t="s">
+        <v>74</v>
+      </c>
+      <c r="AO14" t="s">
+        <v>74</v>
+      </c>
+      <c r="AP14" t="s">
+        <v>74</v>
+      </c>
+      <c r="AQ14" t="s">
+        <v>74</v>
+      </c>
+      <c r="AR14" t="s">
+        <v>74</v>
+      </c>
+      <c r="AS14" t="s">
+        <v>74</v>
+      </c>
+      <c r="AT14" t="s">
+        <v>74</v>
+      </c>
+      <c r="AU14" t="s">
+        <v>74</v>
+      </c>
+      <c r="AV14" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW14" t="s">
+        <v>74</v>
+      </c>
+      <c r="AX14" t="s">
+        <v>74</v>
+      </c>
+      <c r="AY14" t="s">
+        <v>74</v>
+      </c>
+      <c r="AZ14" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA14" t="s">
+        <v>74</v>
+      </c>
+      <c r="BB14" t="s">
+        <v>74</v>
+      </c>
+      <c r="BC14" t="s">
+        <v>74</v>
+      </c>
+      <c r="BD14" t="s">
+        <v>74</v>
+      </c>
+      <c r="BE14" t="s">
+        <v>74</v>
+      </c>
+      <c r="BF14" t="s">
+        <v>74</v>
+      </c>
+      <c r="BG14" t="s">
+        <v>74</v>
+      </c>
+      <c r="BH14" t="s">
+        <v>74</v>
+      </c>
+      <c r="BI14" t="s">
+        <v>74</v>
+      </c>
+      <c r="BJ14" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="15" spans="1:62">
+      <c r="A15" s="4"/>
+      <c r="B15" s="4"/>
+      <c r="C15" s="4"/>
+      <c r="D15" s="4"/>
+      <c r="E15" s="4"/>
+      <c r="F15" s="4"/>
+      <c r="G15" s="4"/>
+      <c r="H15" s="4"/>
+      <c r="I15" s="4"/>
+      <c r="J15" s="4"/>
+      <c r="K15" s="4"/>
+      <c r="L15" s="4"/>
+      <c r="M15" s="4"/>
+      <c r="N15" s="4"/>
+      <c r="O15" s="4"/>
+      <c r="P15" s="4"/>
+      <c r="Q15" s="4"/>
+      <c r="R15" s="4"/>
+      <c r="S15" s="4"/>
+      <c r="T15" s="4"/>
+      <c r="U15" s="4"/>
+      <c r="V15" s="4"/>
+      <c r="W15" s="4"/>
+      <c r="X15" s="4"/>
+      <c r="Y15" s="4"/>
+      <c r="Z15" s="4"/>
+      <c r="AA15" s="4"/>
+      <c r="AB15" s="4"/>
+      <c r="AC15" s="4"/>
+      <c r="AD15" s="4"/>
+      <c r="AE15" s="4"/>
+      <c r="AF15" s="4"/>
+      <c r="AG15" s="4"/>
+      <c r="AH15" s="4"/>
+      <c r="AI15" s="4"/>
+      <c r="AJ15" s="4"/>
+      <c r="AK15" s="4"/>
+      <c r="AL15" s="4"/>
+      <c r="AM15" s="4"/>
+      <c r="AN15" s="4"/>
+      <c r="AO15" s="4"/>
+      <c r="AP15" s="4"/>
+      <c r="AQ15" s="4"/>
+      <c r="AR15" s="4"/>
+      <c r="AS15" s="4"/>
+      <c r="AT15" s="4"/>
+      <c r="AU15" s="4"/>
+      <c r="AV15" s="4"/>
+      <c r="AW15" s="4"/>
+      <c r="AX15" s="4"/>
+      <c r="AY15" s="4"/>
+      <c r="AZ15" s="4"/>
+      <c r="BA15" s="4"/>
+      <c r="BB15" s="4"/>
+      <c r="BC15" s="4"/>
+      <c r="BD15" s="4"/>
+      <c r="BE15" s="4"/>
+      <c r="BF15" s="4"/>
+      <c r="BG15" s="4"/>
+      <c r="BH15" s="4"/>
+      <c r="BI15" s="4"/>
+      <c r="BJ15" s="4"/>
+    </row>
+    <row r="16" spans="1:62">
+      <c r="A16" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="B16" s="2"/>
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="2"/>
+      <c r="J16" s="2"/>
+      <c r="K16" s="2"/>
+      <c r="L16" s="2"/>
+      <c r="M16" s="2"/>
+      <c r="N16" s="2"/>
+      <c r="O16" s="2"/>
+      <c r="P16" s="2"/>
+      <c r="Q16" s="2"/>
+      <c r="R16" s="2"/>
+      <c r="S16" s="2"/>
+      <c r="T16" s="2"/>
+      <c r="U16" s="2"/>
+      <c r="V16" s="2"/>
+      <c r="W16" s="2"/>
+      <c r="X16" s="2"/>
+      <c r="Y16" s="2"/>
+      <c r="Z16" s="2"/>
+      <c r="AA16" s="2"/>
+      <c r="AB16" s="2"/>
+      <c r="AC16" s="2"/>
+      <c r="AD16" s="2"/>
+      <c r="AE16" s="2"/>
+      <c r="AF16" s="2"/>
+      <c r="AG16" s="2"/>
+      <c r="AH16" s="2"/>
+      <c r="AI16" s="2"/>
+      <c r="AJ16" s="2"/>
+      <c r="AK16" s="2"/>
+      <c r="AL16" s="2"/>
+      <c r="AM16" s="2"/>
+      <c r="AN16" s="2"/>
+      <c r="AO16" s="2"/>
+      <c r="AP16" s="2"/>
+      <c r="AQ16" s="2"/>
+      <c r="AR16" s="2"/>
+      <c r="AS16" s="2"/>
+      <c r="AT16" s="2"/>
+      <c r="AU16" s="2"/>
+      <c r="AV16" s="2"/>
+      <c r="AW16" s="2"/>
+      <c r="AX16" s="2"/>
+      <c r="AY16" s="2"/>
+      <c r="AZ16" s="2"/>
+      <c r="BA16" s="2"/>
+      <c r="BB16" s="2"/>
+      <c r="BC16" s="2"/>
+      <c r="BD16" s="2"/>
+      <c r="BE16" s="2"/>
+      <c r="BF16" s="2"/>
+      <c r="BG16" s="2"/>
+      <c r="BH16" s="2"/>
+      <c r="BI16" s="2"/>
+      <c r="BJ16" s="2"/>
+    </row>
+    <row r="17" spans="1:62">
+      <c r="A17" t="s">
+        <v>76</v>
+      </c>
+      <c r="B17" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="18" spans="1:62">
+      <c r="A18" t="s">
+        <v>78</v>
+      </c>
+      <c r="B18" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="19" spans="1:62">
+      <c r="A19" t="s">
+        <v>80</v>
+      </c>
+      <c r="B19" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="21" spans="1:62">
+      <c r="A21" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B21" s="1"/>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1"/>
+      <c r="F21" s="1"/>
+      <c r="G21" s="1"/>
+      <c r="H21" s="1"/>
+      <c r="I21" s="1"/>
+      <c r="J21" s="1"/>
+      <c r="K21" s="1"/>
+      <c r="L21" s="1"/>
+      <c r="M21" s="1"/>
+      <c r="N21" s="1"/>
+      <c r="O21" s="1"/>
+      <c r="P21" s="1"/>
+      <c r="Q21" s="1"/>
+      <c r="R21" s="1"/>
+      <c r="S21" s="1"/>
+      <c r="T21" s="1"/>
+      <c r="U21" s="1"/>
+      <c r="V21" s="1"/>
+      <c r="W21" s="1"/>
+      <c r="X21" s="1"/>
+      <c r="Y21" s="1"/>
+      <c r="Z21" s="1"/>
+      <c r="AA21" s="1"/>
+      <c r="AB21" s="1"/>
+      <c r="AC21" s="1"/>
+      <c r="AD21" s="1"/>
+      <c r="AE21" s="1"/>
+      <c r="AF21" s="1"/>
+      <c r="AG21" s="1"/>
+      <c r="AH21" s="1"/>
+      <c r="AI21" s="1"/>
+      <c r="AJ21" s="1"/>
+      <c r="AK21" s="1"/>
+      <c r="AL21" s="1"/>
+      <c r="AM21" s="1"/>
+      <c r="AN21" s="1"/>
+      <c r="AO21" s="1"/>
+      <c r="AP21" s="1"/>
+      <c r="AQ21" s="1"/>
+      <c r="AR21" s="1"/>
+      <c r="AS21" s="1"/>
+      <c r="AT21" s="1"/>
+      <c r="AU21" s="1"/>
+      <c r="AV21" s="1"/>
+      <c r="AW21" s="1"/>
+      <c r="AX21" s="1"/>
+      <c r="AY21" s="1"/>
+      <c r="AZ21" s="1"/>
+      <c r="BA21" s="1"/>
+      <c r="BB21" s="1"/>
+      <c r="BC21" s="1"/>
+      <c r="BD21" s="1"/>
+      <c r="BE21" s="1"/>
+      <c r="BF21" s="1"/>
+      <c r="BG21" s="1"/>
+      <c r="BH21" s="1"/>
+      <c r="BI21" s="1"/>
+      <c r="BJ21" s="1"/>
+    </row>
+    <row r="22" spans="1:62">
+      <c r="A22" t="s">
+        <v>83</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A8:B8"/>
+    <mergeCell ref="A22:BJ22"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>