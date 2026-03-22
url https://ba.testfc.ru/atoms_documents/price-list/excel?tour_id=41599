--- v1 (2026-02-04)
+++ v2 (2026-03-22)
@@ -200,51 +200,51 @@
   <si>
     <t>25.10.2026</t>
   </si>
   <si>
     <t>26.10.2026</t>
   </si>
   <si>
     <t>27.10.2026</t>
   </si>
   <si>
     <t>28.10.2026</t>
   </si>
   <si>
     <t>29.10.2026</t>
   </si>
   <si>
     <t>30.10.2026</t>
   </si>
   <si>
     <t>31.10.2026</t>
   </si>
   <si>
     <t>Лагуна</t>
   </si>
   <si>
-    <t>2х-местный (Голубое озеро/глэмпинг Микижа)</t>
+    <t>2х-местный (Голубое озеро)</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>110000 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
     <t>85000 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
     <t>160000 RUB</t>
   </si>
   <si>
     <t>2х-местный (Гостевой дом «Стандарт», «Глазастик», «Forest»)</t>
   </si>
   <si>
     <t>125000 RUB</t>
   </si>
@@ -260,54 +260,54 @@
   <si>
     <t>185000 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Камчатский welcome сэт</t>
   </si>
   <si>
     <t>7000 RUB</t>
   </si>
   <si>
     <t>Спа</t>
   </si>
   <si>
     <t>1500 RUB</t>
   </si>
   <si>
     <t>Халактырский пляж</t>
   </si>
   <si>
     <t>10000 RUB</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 04.02.2026 09:42, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 22.03.2026 04:39, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>