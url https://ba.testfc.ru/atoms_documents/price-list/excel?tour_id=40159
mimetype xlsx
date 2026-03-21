--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="40159-kamchatka-sokrovish..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>01.06.2026</t>
   </si>
   <si>
     <t>04.06.2026</t>
   </si>
   <si>
     <t>08.06.2026</t>
   </si>
   <si>
     <t>11.06.2026</t>
   </si>
   <si>
     <t>15.06.2026</t>
   </si>
   <si>
     <t>18.06.2026</t>
   </si>
   <si>
     <t>22.06.2026</t>
   </si>
   <si>
     <t>25.06.2026</t>
   </si>
   <si>
@@ -71,54 +71,57 @@
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>182000 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
     <t>240000 RUB</t>
   </si>
   <si>
     <t>Комфорт Double</t>
   </si>
   <si>
     <t>Комфорт Twin</t>
   </si>
   <si>
     <t>Peak 2322</t>
   </si>
   <si>
     <t>Ребёнок 10—14 лет на дополнительном месте</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 04.02.2026 08:22, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>182 000 RUB</t>
+  </si>
+  <si>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 22.03.2026 03:14, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -469,59 +472,59 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:J51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A50" sqref="A50:J50"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="49.416504" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...7 lines deleted...]
-    <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
@@ -1005,75 +1008,75 @@
       </c>
       <c r="E22" t="s">
         <v>14</v>
       </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22" t="s">
         <v>14</v>
       </c>
       <c r="I22" t="s">
         <v>14</v>
       </c>
       <c r="J22" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C23" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="D23" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E23" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F23" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="G23" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="H23" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="I23" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="J23" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="3">
         <v>2</v>
       </c>
       <c r="B24" s="3"/>
       <c r="C24" s="3"/>
       <c r="D24" s="3"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" t="s">
         <v>11</v>
       </c>
       <c r="B25" t="s">
         <v>12</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
@@ -1115,75 +1118,75 @@
       </c>
       <c r="E26" t="s">
         <v>14</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26" t="s">
         <v>14</v>
       </c>
       <c r="I26" t="s">
         <v>14</v>
       </c>
       <c r="J26" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C27" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E27" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F27" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="G27" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="H27" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="I27" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="J27" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="3">
         <v>3</v>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" t="s">
         <v>11</v>
       </c>
       <c r="B29" t="s">
         <v>12</v>
       </c>
       <c r="C29" t="s">
         <v>12</v>
@@ -1193,75 +1196,75 @@
       </c>
       <c r="E29" t="s">
         <v>12</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
         <v>12</v>
       </c>
       <c r="H29" t="s">
         <v>12</v>
       </c>
       <c r="I29" t="s">
         <v>12</v>
       </c>
       <c r="J29" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C30" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="D30" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E30" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F30" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="G30" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="H30" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="I30" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="J30" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="3">
         <v>4</v>
       </c>
       <c r="B31" s="3"/>
       <c r="C31" s="3"/>
       <c r="D31" s="3"/>
       <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="3"/>
       <c r="J31" s="3"/>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" t="s">
         <v>11</v>
       </c>
       <c r="B32" t="s">
         <v>12</v>
       </c>
       <c r="C32" t="s">
         <v>12</v>
@@ -1636,65 +1639,65 @@
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
         <v>12</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48" t="s">
         <v>12</v>
       </c>
       <c r="H48" t="s">
         <v>12</v>
       </c>
       <c r="I48" t="s">
         <v>12</v>
       </c>
       <c r="J48" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B50" s="1"/>
       <c r="C50" s="1"/>
       <c r="D50" s="1"/>
       <c r="E50" s="1"/>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
       <c r="I50" s="1"/>
       <c r="J50" s="1"/>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A51:J51"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>