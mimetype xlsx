--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -113,162 +113,162 @@
   <si>
     <t>25.05.2026</t>
   </si>
   <si>
     <t>Гостиничный комплекс "Спутник"</t>
   </si>
   <si>
     <t>двухместный стандарт</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>89500 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
     <t>114500 RUB</t>
   </si>
   <si>
     <t>Ребёнок 4—14 лет на дополнительном месте</t>
   </si>
   <si>
-    <t>76075 RUB</t>
+    <t>76 075 RUB</t>
   </si>
   <si>
     <t>люкс</t>
   </si>
   <si>
     <t>120500 RUB</t>
   </si>
   <si>
     <t>149500 RUB</t>
   </si>
   <si>
-    <t>102425 RUB</t>
+    <t>102 425 RUB</t>
   </si>
   <si>
     <t>ГК "Спутник" (корпус Спутник-Камчатка)</t>
   </si>
   <si>
     <t>84000 RUB</t>
   </si>
   <si>
     <t>109000 RUB</t>
   </si>
   <si>
-    <t>71400 RUB</t>
+    <t>71 400 RUB</t>
   </si>
   <si>
     <t>Русский двор</t>
   </si>
   <si>
     <t>Супериор дабл/твин</t>
   </si>
   <si>
     <t>79000 RUB</t>
   </si>
   <si>
     <t>101500 RUB</t>
   </si>
   <si>
     <t>Ребёнок 4—12 лет на дополнительном месте</t>
   </si>
   <si>
-    <t>67150 RUB</t>
+    <t>67 150 RUB</t>
   </si>
   <si>
     <t>Авача</t>
   </si>
   <si>
     <t>одноместный стандарт</t>
   </si>
   <si>
     <t>91500 RUB</t>
   </si>
   <si>
     <t>Арсеньев</t>
   </si>
   <si>
     <t>База отдыха "Кречет"</t>
   </si>
   <si>
     <t>73000 RUB</t>
   </si>
   <si>
     <t>90500 RUB</t>
   </si>
   <si>
     <t>Ребёнок 4—10 лет на дополнительном месте</t>
   </si>
   <si>
-    <t>62050 RUB</t>
+    <t>62 050 RUB</t>
   </si>
   <si>
     <t>семейный</t>
   </si>
   <si>
     <t>Ребёнок 4—17 лет на дополнительном месте</t>
   </si>
   <si>
     <t>Квартира</t>
   </si>
   <si>
     <t>квартира</t>
   </si>
   <si>
     <t>65000 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
     <t>70000 RUB</t>
   </si>
   <si>
     <t>База отдыха "Антариус"</t>
   </si>
   <si>
     <t>78000 RUB</t>
   </si>
   <si>
     <t>95500 RUB</t>
   </si>
   <si>
-    <t>66300 RUB</t>
+    <t>66 300 RUB</t>
   </si>
   <si>
     <t>Лагуна</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 04.02.2026 09:50, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 22.03.2026 05:57, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -619,76 +619,76 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AA66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A65" sqref="A65:AA65"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="48.273926" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...24 lines deleted...]
-    <col min="27" max="27" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:27">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>