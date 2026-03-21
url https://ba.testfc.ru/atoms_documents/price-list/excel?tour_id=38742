--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -12,96 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="38742-kamchatka-za-4-dnya" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
-[...44 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>22.03.2026</t>
   </si>
   <si>
     <t>25.03.2026</t>
   </si>
   <si>
     <t>28.03.2026</t>
   </si>
   <si>
     <t>31.03.2026</t>
   </si>
   <si>
     <t>03.04.2026</t>
   </si>
   <si>
     <t>06.04.2026</t>
   </si>
   <si>
     <t>09.04.2026</t>
   </si>
   <si>
     <t>12.04.2026</t>
   </si>
   <si>
@@ -179,57 +134,57 @@
   <si>
     <t>26.06.2026</t>
   </si>
   <si>
     <t>02.07.2026</t>
   </si>
   <si>
     <t>Peak 2322</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>80000 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
     <t>100000 RUB</t>
   </si>
   <si>
     <t>Ребёнок 10—14 лет на дополнительном месте</t>
   </si>
   <si>
-    <t>64000 RUB</t>
-[...5 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 04.02.2026 09:52, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>64 000 RUB</t>
+  </si>
+  <si>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 22.03.2026 01:43, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -562,111 +517,96 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AX34"/>
+  <dimension ref="A1:AI34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A33" sqref="A33:AX33"/>
+      <selection activeCell="A33" sqref="A33:AI33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="49.416504" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...13 lines deleted...]
-    <col min="50" max="50" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:50">
+    <row r="1" spans="1:35">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
@@ -726,3445 +666,2425 @@
       </c>
       <c r="AB1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="AC1" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AD1" s="1" t="s">
         <v>28</v>
       </c>
       <c r="AE1" s="1" t="s">
         <v>29</v>
       </c>
       <c r="AF1" s="1" t="s">
         <v>30</v>
       </c>
       <c r="AG1" s="1" t="s">
         <v>31</v>
       </c>
       <c r="AH1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="AI1" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="AJ1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:35">
+      <c r="A2" s="2" t="s">
         <v>34</v>
-      </c>
-[...45 lines deleted...]
-        <v>49</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
       <c r="Z2" s="2"/>
       <c r="AA2" s="2"/>
       <c r="AB2" s="2"/>
       <c r="AC2" s="2"/>
       <c r="AD2" s="2"/>
       <c r="AE2" s="2"/>
       <c r="AF2" s="2"/>
       <c r="AG2" s="2"/>
       <c r="AH2" s="2"/>
       <c r="AI2" s="2"/>
-      <c r="AJ2" s="2"/>
-[...15 lines deleted...]
-    <row r="3" spans="1:50">
+    </row>
+    <row r="3" spans="1:35">
       <c r="A3" s="3">
         <v>1</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
       <c r="Z3" s="3"/>
       <c r="AA3" s="3"/>
       <c r="AB3" s="3"/>
       <c r="AC3" s="3"/>
       <c r="AD3" s="3"/>
       <c r="AE3" s="3"/>
       <c r="AF3" s="3"/>
       <c r="AG3" s="3"/>
       <c r="AH3" s="3"/>
       <c r="AI3" s="3"/>
-      <c r="AJ3" s="3"/>
-[...15 lines deleted...]
-    <row r="4" spans="1:50">
+    </row>
+    <row r="4" spans="1:35">
       <c r="A4" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="B4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="C4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="D4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="E4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="F4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="G4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="H4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="I4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="J4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="K4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="L4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="M4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="N4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="O4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="P4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Q4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="R4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="S4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="T4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="U4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="V4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="W4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="X4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Y4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Z4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AA4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AB4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AC4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AD4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AE4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AF4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AG4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AH4" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AI4" t="s">
-        <v>51</v>
-[...47 lines deleted...]
-    <row r="5" spans="1:50">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="5" spans="1:35">
       <c r="A5" t="s">
-        <v>52</v>
+        <v>37</v>
       </c>
       <c r="B5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="C5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="D5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="E5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="F5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="G5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="H5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="I5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="J5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="K5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="L5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="M5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="N5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="O5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="P5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="Q5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="R5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="S5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="T5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="U5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="V5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="W5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="X5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="Y5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="Z5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="AA5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="AB5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="AC5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="AD5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="AE5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="AF5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="AG5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="AH5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="AI5" t="s">
-        <v>53</v>
-[...47 lines deleted...]
-    <row r="6" spans="1:50">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="6" spans="1:35">
       <c r="A6" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="B6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="C6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="D6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="E6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="F6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="G6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="H6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="I6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="J6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="K6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="L6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="M6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="N6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="O6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="P6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="Q6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="R6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="S6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="T6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="U6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="V6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="W6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="X6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="Y6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="Z6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="AA6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="AB6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="AC6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="AD6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="AE6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="AF6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="AG6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="AH6" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="AI6" t="s">
-        <v>55</v>
-[...47 lines deleted...]
-    <row r="7" spans="1:50">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="7" spans="1:35">
       <c r="A7" s="3">
         <v>2</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
       <c r="W7" s="3"/>
       <c r="X7" s="3"/>
       <c r="Y7" s="3"/>
       <c r="Z7" s="3"/>
       <c r="AA7" s="3"/>
       <c r="AB7" s="3"/>
       <c r="AC7" s="3"/>
       <c r="AD7" s="3"/>
       <c r="AE7" s="3"/>
       <c r="AF7" s="3"/>
       <c r="AG7" s="3"/>
       <c r="AH7" s="3"/>
       <c r="AI7" s="3"/>
-      <c r="AJ7" s="3"/>
-[...15 lines deleted...]
-    <row r="8" spans="1:50">
+    </row>
+    <row r="8" spans="1:35">
       <c r="A8" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="B8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="C8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="D8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="E8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="F8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="G8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="H8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="I8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="J8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="K8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="L8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="M8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="N8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="O8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="P8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Q8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="R8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="S8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="T8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="U8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="V8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="W8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="X8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Y8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Z8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AA8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AB8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AC8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AD8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AE8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AF8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AG8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AH8" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AI8" t="s">
-        <v>51</v>
-[...47 lines deleted...]
-    <row r="9" spans="1:50">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="9" spans="1:35">
       <c r="A9" t="s">
-        <v>52</v>
+        <v>37</v>
       </c>
       <c r="B9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="C9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="D9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="E9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="F9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="G9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="H9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="I9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="J9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="K9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="L9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="M9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="N9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="O9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="P9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="Q9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="R9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="S9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="T9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="U9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="V9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="W9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="X9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="Y9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="Z9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="AA9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="AB9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="AC9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="AD9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="AE9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="AF9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="AG9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="AH9" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="AI9" t="s">
-        <v>53</v>
-[...47 lines deleted...]
-    <row r="10" spans="1:50">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="10" spans="1:35">
       <c r="A10" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="B10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="C10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="D10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="E10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="F10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="G10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="H10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="I10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="J10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="K10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="L10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="M10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="N10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="O10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="P10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="Q10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="R10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="S10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="T10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="U10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="V10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="W10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="X10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="Y10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="Z10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="AA10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="AB10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="AC10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="AD10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="AE10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="AF10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="AG10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="AH10" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="AI10" t="s">
-        <v>55</v>
-[...47 lines deleted...]
-    <row r="11" spans="1:50">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="11" spans="1:35">
       <c r="A11" s="3">
         <v>3</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
       <c r="W11" s="3"/>
       <c r="X11" s="3"/>
       <c r="Y11" s="3"/>
       <c r="Z11" s="3"/>
       <c r="AA11" s="3"/>
       <c r="AB11" s="3"/>
       <c r="AC11" s="3"/>
       <c r="AD11" s="3"/>
       <c r="AE11" s="3"/>
       <c r="AF11" s="3"/>
       <c r="AG11" s="3"/>
       <c r="AH11" s="3"/>
       <c r="AI11" s="3"/>
-      <c r="AJ11" s="3"/>
-[...15 lines deleted...]
-    <row r="12" spans="1:50">
+    </row>
+    <row r="12" spans="1:35">
       <c r="A12" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="B12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="C12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="D12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="E12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="F12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="G12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="H12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="I12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="J12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="K12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="L12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="M12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="N12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="O12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="P12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Q12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="R12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="S12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="T12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="U12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="V12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="W12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="X12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Y12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Z12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AA12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AB12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AC12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AD12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AE12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AF12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AG12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AH12" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AI12" t="s">
-        <v>51</v>
-[...47 lines deleted...]
-    <row r="13" spans="1:50">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="13" spans="1:35">
       <c r="A13" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="B13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="C13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="D13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="E13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="F13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="G13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="H13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="I13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="J13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="K13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="L13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="M13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="N13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="O13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="P13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="Q13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="R13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="S13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="T13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="U13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="V13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="W13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="X13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="Y13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="Z13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="AA13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="AB13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="AC13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="AD13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="AE13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="AF13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="AG13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="AH13" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="AI13" t="s">
-        <v>55</v>
-[...47 lines deleted...]
-    <row r="14" spans="1:50">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="14" spans="1:35">
       <c r="A14" s="3">
         <v>4</v>
       </c>
       <c r="B14" s="3"/>
       <c r="C14" s="3"/>
       <c r="D14" s="3"/>
       <c r="E14" s="3"/>
       <c r="F14" s="3"/>
       <c r="G14" s="3"/>
       <c r="H14" s="3"/>
       <c r="I14" s="3"/>
       <c r="J14" s="3"/>
       <c r="K14" s="3"/>
       <c r="L14" s="3"/>
       <c r="M14" s="3"/>
       <c r="N14" s="3"/>
       <c r="O14" s="3"/>
       <c r="P14" s="3"/>
       <c r="Q14" s="3"/>
       <c r="R14" s="3"/>
       <c r="S14" s="3"/>
       <c r="T14" s="3"/>
       <c r="U14" s="3"/>
       <c r="V14" s="3"/>
       <c r="W14" s="3"/>
       <c r="X14" s="3"/>
       <c r="Y14" s="3"/>
       <c r="Z14" s="3"/>
       <c r="AA14" s="3"/>
       <c r="AB14" s="3"/>
       <c r="AC14" s="3"/>
       <c r="AD14" s="3"/>
       <c r="AE14" s="3"/>
       <c r="AF14" s="3"/>
       <c r="AG14" s="3"/>
       <c r="AH14" s="3"/>
       <c r="AI14" s="3"/>
-      <c r="AJ14" s="3"/>
-[...15 lines deleted...]
-    <row r="15" spans="1:50">
+    </row>
+    <row r="15" spans="1:35">
       <c r="A15" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="B15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="C15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="F15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="G15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="H15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="I15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="J15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="K15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="L15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="M15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="N15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="O15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="P15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Q15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="R15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="S15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="T15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="U15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="V15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="W15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="X15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Y15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Z15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AA15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AB15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AC15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AD15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AE15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AF15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AG15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AH15" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AI15" t="s">
-        <v>51</v>
-[...47 lines deleted...]
-    <row r="16" spans="1:50">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="16" spans="1:35">
       <c r="A16" s="3">
         <v>5</v>
       </c>
       <c r="B16" s="3"/>
       <c r="C16" s="3"/>
       <c r="D16" s="3"/>
       <c r="E16" s="3"/>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
       <c r="J16" s="3"/>
       <c r="K16" s="3"/>
       <c r="L16" s="3"/>
       <c r="M16" s="3"/>
       <c r="N16" s="3"/>
       <c r="O16" s="3"/>
       <c r="P16" s="3"/>
       <c r="Q16" s="3"/>
       <c r="R16" s="3"/>
       <c r="S16" s="3"/>
       <c r="T16" s="3"/>
       <c r="U16" s="3"/>
       <c r="V16" s="3"/>
       <c r="W16" s="3"/>
       <c r="X16" s="3"/>
       <c r="Y16" s="3"/>
       <c r="Z16" s="3"/>
       <c r="AA16" s="3"/>
       <c r="AB16" s="3"/>
       <c r="AC16" s="3"/>
       <c r="AD16" s="3"/>
       <c r="AE16" s="3"/>
       <c r="AF16" s="3"/>
       <c r="AG16" s="3"/>
       <c r="AH16" s="3"/>
       <c r="AI16" s="3"/>
-      <c r="AJ16" s="3"/>
-[...15 lines deleted...]
-    <row r="17" spans="1:50">
+    </row>
+    <row r="17" spans="1:35">
       <c r="A17" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="B17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="C17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="D17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="E17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="F17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="G17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="H17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="I17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="J17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="K17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="L17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="M17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="N17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="O17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="P17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Q17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="R17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="S17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="T17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="U17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="V17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="W17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="X17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Y17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Z17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AA17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AB17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AC17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AD17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AE17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AF17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AG17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AH17" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AI17" t="s">
-        <v>51</v>
-[...47 lines deleted...]
-    <row r="18" spans="1:50">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="18" spans="1:35">
       <c r="A18" s="3">
         <v>6</v>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
       <c r="P18" s="3"/>
       <c r="Q18" s="3"/>
       <c r="R18" s="3"/>
       <c r="S18" s="3"/>
       <c r="T18" s="3"/>
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
       <c r="W18" s="3"/>
       <c r="X18" s="3"/>
       <c r="Y18" s="3"/>
       <c r="Z18" s="3"/>
       <c r="AA18" s="3"/>
       <c r="AB18" s="3"/>
       <c r="AC18" s="3"/>
       <c r="AD18" s="3"/>
       <c r="AE18" s="3"/>
       <c r="AF18" s="3"/>
       <c r="AG18" s="3"/>
       <c r="AH18" s="3"/>
       <c r="AI18" s="3"/>
-      <c r="AJ18" s="3"/>
-[...15 lines deleted...]
-    <row r="19" spans="1:50">
+    </row>
+    <row r="19" spans="1:35">
       <c r="A19" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="B19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="C19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="D19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="E19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="F19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="G19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="H19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="I19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="J19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="K19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="L19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="M19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="N19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="O19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="P19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Q19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="R19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="S19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="T19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="U19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="V19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="W19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="X19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Y19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Z19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AA19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AB19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AC19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AD19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AE19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AF19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AG19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AH19" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AI19" t="s">
-        <v>51</v>
-[...47 lines deleted...]
-    <row r="20" spans="1:50">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="20" spans="1:35">
       <c r="A20" s="3">
         <v>7</v>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
       <c r="P20" s="3"/>
       <c r="Q20" s="3"/>
       <c r="R20" s="3"/>
       <c r="S20" s="3"/>
       <c r="T20" s="3"/>
       <c r="U20" s="3"/>
       <c r="V20" s="3"/>
       <c r="W20" s="3"/>
       <c r="X20" s="3"/>
       <c r="Y20" s="3"/>
       <c r="Z20" s="3"/>
       <c r="AA20" s="3"/>
       <c r="AB20" s="3"/>
       <c r="AC20" s="3"/>
       <c r="AD20" s="3"/>
       <c r="AE20" s="3"/>
       <c r="AF20" s="3"/>
       <c r="AG20" s="3"/>
       <c r="AH20" s="3"/>
       <c r="AI20" s="3"/>
-      <c r="AJ20" s="3"/>
-[...15 lines deleted...]
-    <row r="21" spans="1:50">
+    </row>
+    <row r="21" spans="1:35">
       <c r="A21" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="B21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="E21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="F21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="G21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="H21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="I21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="J21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="K21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="L21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="M21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="N21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="O21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="P21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Q21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="R21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="S21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="T21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="U21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="V21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="W21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="X21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Y21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Z21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AA21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AB21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AC21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AD21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AE21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AF21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AG21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AH21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AI21" t="s">
-        <v>51</v>
-[...47 lines deleted...]
-    <row r="22" spans="1:50">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="22" spans="1:35">
       <c r="A22" s="3">
         <v>8</v>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
       <c r="N22" s="3"/>
       <c r="O22" s="3"/>
       <c r="P22" s="3"/>
       <c r="Q22" s="3"/>
       <c r="R22" s="3"/>
       <c r="S22" s="3"/>
       <c r="T22" s="3"/>
       <c r="U22" s="3"/>
       <c r="V22" s="3"/>
       <c r="W22" s="3"/>
       <c r="X22" s="3"/>
       <c r="Y22" s="3"/>
       <c r="Z22" s="3"/>
       <c r="AA22" s="3"/>
       <c r="AB22" s="3"/>
       <c r="AC22" s="3"/>
       <c r="AD22" s="3"/>
       <c r="AE22" s="3"/>
       <c r="AF22" s="3"/>
       <c r="AG22" s="3"/>
       <c r="AH22" s="3"/>
       <c r="AI22" s="3"/>
-      <c r="AJ22" s="3"/>
-[...15 lines deleted...]
-    <row r="23" spans="1:50">
+    </row>
+    <row r="23" spans="1:35">
       <c r="A23" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="B23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="C23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="D23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="E23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="F23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="G23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="H23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="I23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="J23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="K23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="L23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="M23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="N23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="O23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="P23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Q23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="R23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="S23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="T23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="U23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="V23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="W23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="X23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Y23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Z23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AA23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AB23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AC23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AD23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AE23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AF23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AG23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AH23" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AI23" t="s">
-        <v>51</v>
-[...47 lines deleted...]
-    <row r="24" spans="1:50">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="24" spans="1:35">
       <c r="A24" s="3">
         <v>9</v>
       </c>
       <c r="B24" s="3"/>
       <c r="C24" s="3"/>
       <c r="D24" s="3"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
       <c r="K24" s="3"/>
       <c r="L24" s="3"/>
       <c r="M24" s="3"/>
       <c r="N24" s="3"/>
       <c r="O24" s="3"/>
       <c r="P24" s="3"/>
       <c r="Q24" s="3"/>
       <c r="R24" s="3"/>
       <c r="S24" s="3"/>
       <c r="T24" s="3"/>
       <c r="U24" s="3"/>
       <c r="V24" s="3"/>
       <c r="W24" s="3"/>
       <c r="X24" s="3"/>
       <c r="Y24" s="3"/>
       <c r="Z24" s="3"/>
       <c r="AA24" s="3"/>
       <c r="AB24" s="3"/>
       <c r="AC24" s="3"/>
       <c r="AD24" s="3"/>
       <c r="AE24" s="3"/>
       <c r="AF24" s="3"/>
       <c r="AG24" s="3"/>
       <c r="AH24" s="3"/>
       <c r="AI24" s="3"/>
-      <c r="AJ24" s="3"/>
-[...15 lines deleted...]
-    <row r="25" spans="1:50">
+    </row>
+    <row r="25" spans="1:35">
       <c r="A25" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="B25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="C25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="D25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="E25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="F25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="G25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="H25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="I25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="J25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="K25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="L25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="M25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="N25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="O25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="P25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Q25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="R25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="S25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="T25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="U25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="V25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="W25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="X25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Y25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Z25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AA25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AB25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AC25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AD25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AE25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AF25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AG25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AH25" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AI25" t="s">
-        <v>51</v>
-[...47 lines deleted...]
-    <row r="26" spans="1:50">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="26" spans="1:35">
       <c r="A26" s="3">
         <v>10</v>
       </c>
       <c r="B26" s="3"/>
       <c r="C26" s="3"/>
       <c r="D26" s="3"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="3"/>
       <c r="L26" s="3"/>
       <c r="M26" s="3"/>
       <c r="N26" s="3"/>
       <c r="O26" s="3"/>
       <c r="P26" s="3"/>
       <c r="Q26" s="3"/>
       <c r="R26" s="3"/>
       <c r="S26" s="3"/>
       <c r="T26" s="3"/>
       <c r="U26" s="3"/>
       <c r="V26" s="3"/>
       <c r="W26" s="3"/>
       <c r="X26" s="3"/>
       <c r="Y26" s="3"/>
       <c r="Z26" s="3"/>
       <c r="AA26" s="3"/>
       <c r="AB26" s="3"/>
       <c r="AC26" s="3"/>
       <c r="AD26" s="3"/>
       <c r="AE26" s="3"/>
       <c r="AF26" s="3"/>
       <c r="AG26" s="3"/>
       <c r="AH26" s="3"/>
       <c r="AI26" s="3"/>
-      <c r="AJ26" s="3"/>
-[...15 lines deleted...]
-    <row r="27" spans="1:50">
+    </row>
+    <row r="27" spans="1:35">
       <c r="A27" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="B27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="C27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="D27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="E27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="F27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="G27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="H27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="I27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="J27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="K27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="L27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="M27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="N27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="O27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="P27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Q27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="R27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="S27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="T27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="U27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="V27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="W27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="X27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Y27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Z27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AA27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AB27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AC27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AD27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AE27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AF27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AG27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AH27" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AI27" t="s">
-        <v>51</v>
-[...47 lines deleted...]
-    <row r="28" spans="1:50">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="28" spans="1:35">
       <c r="A28" s="3">
         <v>11</v>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
       <c r="N28" s="3"/>
       <c r="O28" s="3"/>
       <c r="P28" s="3"/>
       <c r="Q28" s="3"/>
       <c r="R28" s="3"/>
       <c r="S28" s="3"/>
       <c r="T28" s="3"/>
       <c r="U28" s="3"/>
       <c r="V28" s="3"/>
       <c r="W28" s="3"/>
       <c r="X28" s="3"/>
       <c r="Y28" s="3"/>
       <c r="Z28" s="3"/>
       <c r="AA28" s="3"/>
       <c r="AB28" s="3"/>
       <c r="AC28" s="3"/>
       <c r="AD28" s="3"/>
       <c r="AE28" s="3"/>
       <c r="AF28" s="3"/>
       <c r="AG28" s="3"/>
       <c r="AH28" s="3"/>
       <c r="AI28" s="3"/>
-      <c r="AJ28" s="3"/>
-[...15 lines deleted...]
-    <row r="29" spans="1:50">
+    </row>
+    <row r="29" spans="1:35">
       <c r="A29" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="B29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="C29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="D29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="E29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="F29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="G29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="H29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="I29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="J29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="K29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="L29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="M29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="N29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="O29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="P29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Q29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="R29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="S29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="T29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="U29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="V29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="W29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="X29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Y29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Z29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AA29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AB29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AC29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AD29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AE29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AF29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AG29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AH29" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AI29" t="s">
-        <v>51</v>
-[...47 lines deleted...]
-    <row r="30" spans="1:50">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="30" spans="1:35">
       <c r="A30" s="3">
         <v>12</v>
       </c>
       <c r="B30" s="3"/>
       <c r="C30" s="3"/>
       <c r="D30" s="3"/>
       <c r="E30" s="3"/>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="3"/>
       <c r="J30" s="3"/>
       <c r="K30" s="3"/>
       <c r="L30" s="3"/>
       <c r="M30" s="3"/>
       <c r="N30" s="3"/>
       <c r="O30" s="3"/>
       <c r="P30" s="3"/>
       <c r="Q30" s="3"/>
       <c r="R30" s="3"/>
       <c r="S30" s="3"/>
       <c r="T30" s="3"/>
       <c r="U30" s="3"/>
       <c r="V30" s="3"/>
       <c r="W30" s="3"/>
       <c r="X30" s="3"/>
       <c r="Y30" s="3"/>
       <c r="Z30" s="3"/>
       <c r="AA30" s="3"/>
       <c r="AB30" s="3"/>
       <c r="AC30" s="3"/>
       <c r="AD30" s="3"/>
       <c r="AE30" s="3"/>
       <c r="AF30" s="3"/>
       <c r="AG30" s="3"/>
       <c r="AH30" s="3"/>
       <c r="AI30" s="3"/>
-      <c r="AJ30" s="3"/>
-[...15 lines deleted...]
-    <row r="31" spans="1:50">
+    </row>
+    <row r="31" spans="1:35">
       <c r="A31" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="B31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="C31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="D31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="E31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="F31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="G31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="H31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="I31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="J31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="K31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="L31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="M31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="N31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="O31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="P31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Q31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="R31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="S31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="T31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="U31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="V31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="W31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="X31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Y31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="Z31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AA31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AB31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AC31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AD31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AE31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AF31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AG31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AH31" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AI31" t="s">
-        <v>51</v>
-[...47 lines deleted...]
-    <row r="33" spans="1:50">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="33" spans="1:35">
       <c r="A33" s="1" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c r="B33" s="1"/>
       <c r="C33" s="1"/>
       <c r="D33" s="1"/>
       <c r="E33" s="1"/>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
       <c r="I33" s="1"/>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
       <c r="N33" s="1"/>
       <c r="O33" s="1"/>
       <c r="P33" s="1"/>
       <c r="Q33" s="1"/>
       <c r="R33" s="1"/>
       <c r="S33" s="1"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
       <c r="X33" s="1"/>
       <c r="Y33" s="1"/>
       <c r="Z33" s="1"/>
       <c r="AA33" s="1"/>
       <c r="AB33" s="1"/>
       <c r="AC33" s="1"/>
       <c r="AD33" s="1"/>
       <c r="AE33" s="1"/>
       <c r="AF33" s="1"/>
       <c r="AG33" s="1"/>
       <c r="AH33" s="1"/>
       <c r="AI33" s="1"/>
-      <c r="AJ33" s="1"/>
-[...15 lines deleted...]
-    <row r="34" spans="1:50">
+    </row>
+    <row r="34" spans="1:35">
       <c r="A34" t="s">
-        <v>57</v>
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A34:AX34"/>
+    <mergeCell ref="A34:AI34"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>