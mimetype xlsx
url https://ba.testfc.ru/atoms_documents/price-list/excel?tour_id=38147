--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -329,54 +329,54 @@
   <si>
     <t>95000 RUB</t>
   </si>
   <si>
     <t>125000 RUB</t>
   </si>
   <si>
     <t>135000 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Страхование «Активный отдых»</t>
   </si>
   <si>
     <t>200 RUB</t>
   </si>
   <si>
     <t>термальный SPA в спа-отеле Лагуна 4*</t>
   </si>
   <si>
     <t>1500 RUB</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 04.02.2026 09:37, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 22.03.2026 03:14, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>