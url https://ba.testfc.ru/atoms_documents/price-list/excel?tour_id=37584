--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="37584-kamchatka-letnij-ek..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <t>15.06.2026</t>
   </si>
   <si>
     <t>16.06.2026</t>
   </si>
   <si>
     <t>17.06.2026</t>
   </si>
   <si>
     <t>18.06.2026</t>
   </si>
   <si>
     <t>19.06.2026</t>
   </si>
   <si>
     <t>20.06.2026</t>
   </si>
   <si>
     <t>21.06.2026</t>
   </si>
   <si>
     <t>22.06.2026</t>
   </si>
   <si>
@@ -383,54 +383,102 @@
   <si>
     <t>210000 RUB</t>
   </si>
   <si>
     <t>Apart «Family Room»</t>
   </si>
   <si>
     <t>202000 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Халактырский пляж</t>
   </si>
   <si>
     <t>4000 RUB</t>
   </si>
   <si>
     <t>Камчатский welcom сэт</t>
   </si>
   <si>
     <t>7000 RUB</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 04.02.2026 09:50, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Страхование «Активный отдых»</t>
+  </si>
+  <si>
+    <t>200 RUB</t>
+  </si>
+  <si>
+    <t>полис страхования "Активный отдых + отмена поездки", Альфастрахование</t>
+  </si>
+  <si>
+    <t>20000 RUB</t>
+  </si>
+  <si>
+    <t>Замена обеда на крабовый пикник, цена с человека</t>
+  </si>
+  <si>
+    <t>2500 RUB</t>
+  </si>
+  <si>
+    <t>Замена сборного трансфера из (в) аэропорт на индивидуальный, цена за авто</t>
+  </si>
+  <si>
+    <t>3000 RUB</t>
+  </si>
+  <si>
+    <t>Доплата за трансфер до места назначения</t>
+  </si>
+  <si>
+    <t>Доп.ночь 2х местный номер в корпусе "Голубое озеро"</t>
+  </si>
+  <si>
+    <t>19435 RUB</t>
+  </si>
+  <si>
+    <t>доп сутки гостевой дом "Глазастик"</t>
+  </si>
+  <si>
+    <t>24840 RUB</t>
+  </si>
+  <si>
+    <t>Доп. ночь 2х-местный (Форест)</t>
+  </si>
+  <si>
+    <t>Замена морской прогулки с маршрута до острова Старичков (5 часов) до Бухты Русской (10 часов)</t>
+  </si>
+  <si>
+    <t>термальный SPA в спа-отеле Лагуна 4*</t>
+  </si>
+  <si>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 22.03.2026 03:14, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -772,59 +820,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:DE16"/>
+  <dimension ref="A1:DE26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A15" sqref="A15:DE15"/>
+      <selection activeCell="A25" sqref="A25:DE25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="81.265869" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="110.830078" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="12.854004" bestFit="true" customWidth="true" style="0"/>
@@ -3442,172 +3490,252 @@
       <c r="CX11" s="2"/>
       <c r="CY11" s="2"/>
       <c r="CZ11" s="2"/>
       <c r="DA11" s="2"/>
       <c r="DB11" s="2"/>
       <c r="DC11" s="2"/>
       <c r="DD11" s="2"/>
       <c r="DE11" s="2"/>
     </row>
     <row r="12" spans="1:109">
       <c r="A12" t="s">
         <v>119</v>
       </c>
       <c r="B12" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="13" spans="1:109">
       <c r="A13" t="s">
         <v>121</v>
       </c>
       <c r="B13" t="s">
         <v>122</v>
       </c>
     </row>
+    <row r="14" spans="1:109">
+      <c r="A14" t="s">
+        <v>123</v>
+      </c>
+      <c r="B14" t="s">
+        <v>124</v>
+      </c>
+    </row>
     <row r="15" spans="1:109">
-      <c r="A15" s="1" t="s">
-[...109 lines deleted...]
-      <c r="DE15" s="1"/>
+      <c r="A15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B15" t="s">
+        <v>126</v>
+      </c>
     </row>
     <row r="16" spans="1:109">
       <c r="A16" t="s">
-        <v>124</v>
+        <v>127</v>
+      </c>
+      <c r="B16" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="17" spans="1:109">
+      <c r="A17" t="s">
+        <v>129</v>
+      </c>
+      <c r="B17" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="18" spans="1:109">
+      <c r="A18" t="s">
+        <v>131</v>
+      </c>
+      <c r="B18" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="19" spans="1:109">
+      <c r="A19" t="s">
+        <v>132</v>
+      </c>
+      <c r="B19" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="20" spans="1:109">
+      <c r="A20" t="s">
+        <v>134</v>
+      </c>
+      <c r="B20" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="21" spans="1:109">
+      <c r="A21" t="s">
+        <v>136</v>
+      </c>
+      <c r="B21" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="22" spans="1:109">
+      <c r="A22" t="s">
+        <v>137</v>
+      </c>
+      <c r="B22" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="23" spans="1:109">
+      <c r="A23" t="s">
+        <v>138</v>
+      </c>
+      <c r="B23" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="25" spans="1:109">
+      <c r="A25" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B25" s="1"/>
+      <c r="C25" s="1"/>
+      <c r="D25" s="1"/>
+      <c r="E25" s="1"/>
+      <c r="F25" s="1"/>
+      <c r="G25" s="1"/>
+      <c r="H25" s="1"/>
+      <c r="I25" s="1"/>
+      <c r="J25" s="1"/>
+      <c r="K25" s="1"/>
+      <c r="L25" s="1"/>
+      <c r="M25" s="1"/>
+      <c r="N25" s="1"/>
+      <c r="O25" s="1"/>
+      <c r="P25" s="1"/>
+      <c r="Q25" s="1"/>
+      <c r="R25" s="1"/>
+      <c r="S25" s="1"/>
+      <c r="T25" s="1"/>
+      <c r="U25" s="1"/>
+      <c r="V25" s="1"/>
+      <c r="W25" s="1"/>
+      <c r="X25" s="1"/>
+      <c r="Y25" s="1"/>
+      <c r="Z25" s="1"/>
+      <c r="AA25" s="1"/>
+      <c r="AB25" s="1"/>
+      <c r="AC25" s="1"/>
+      <c r="AD25" s="1"/>
+      <c r="AE25" s="1"/>
+      <c r="AF25" s="1"/>
+      <c r="AG25" s="1"/>
+      <c r="AH25" s="1"/>
+      <c r="AI25" s="1"/>
+      <c r="AJ25" s="1"/>
+      <c r="AK25" s="1"/>
+      <c r="AL25" s="1"/>
+      <c r="AM25" s="1"/>
+      <c r="AN25" s="1"/>
+      <c r="AO25" s="1"/>
+      <c r="AP25" s="1"/>
+      <c r="AQ25" s="1"/>
+      <c r="AR25" s="1"/>
+      <c r="AS25" s="1"/>
+      <c r="AT25" s="1"/>
+      <c r="AU25" s="1"/>
+      <c r="AV25" s="1"/>
+      <c r="AW25" s="1"/>
+      <c r="AX25" s="1"/>
+      <c r="AY25" s="1"/>
+      <c r="AZ25" s="1"/>
+      <c r="BA25" s="1"/>
+      <c r="BB25" s="1"/>
+      <c r="BC25" s="1"/>
+      <c r="BD25" s="1"/>
+      <c r="BE25" s="1"/>
+      <c r="BF25" s="1"/>
+      <c r="BG25" s="1"/>
+      <c r="BH25" s="1"/>
+      <c r="BI25" s="1"/>
+      <c r="BJ25" s="1"/>
+      <c r="BK25" s="1"/>
+      <c r="BL25" s="1"/>
+      <c r="BM25" s="1"/>
+      <c r="BN25" s="1"/>
+      <c r="BO25" s="1"/>
+      <c r="BP25" s="1"/>
+      <c r="BQ25" s="1"/>
+      <c r="BR25" s="1"/>
+      <c r="BS25" s="1"/>
+      <c r="BT25" s="1"/>
+      <c r="BU25" s="1"/>
+      <c r="BV25" s="1"/>
+      <c r="BW25" s="1"/>
+      <c r="BX25" s="1"/>
+      <c r="BY25" s="1"/>
+      <c r="BZ25" s="1"/>
+      <c r="CA25" s="1"/>
+      <c r="CB25" s="1"/>
+      <c r="CC25" s="1"/>
+      <c r="CD25" s="1"/>
+      <c r="CE25" s="1"/>
+      <c r="CF25" s="1"/>
+      <c r="CG25" s="1"/>
+      <c r="CH25" s="1"/>
+      <c r="CI25" s="1"/>
+      <c r="CJ25" s="1"/>
+      <c r="CK25" s="1"/>
+      <c r="CL25" s="1"/>
+      <c r="CM25" s="1"/>
+      <c r="CN25" s="1"/>
+      <c r="CO25" s="1"/>
+      <c r="CP25" s="1"/>
+      <c r="CQ25" s="1"/>
+      <c r="CR25" s="1"/>
+      <c r="CS25" s="1"/>
+      <c r="CT25" s="1"/>
+      <c r="CU25" s="1"/>
+      <c r="CV25" s="1"/>
+      <c r="CW25" s="1"/>
+      <c r="CX25" s="1"/>
+      <c r="CY25" s="1"/>
+      <c r="CZ25" s="1"/>
+      <c r="DA25" s="1"/>
+      <c r="DB25" s="1"/>
+      <c r="DC25" s="1"/>
+      <c r="DD25" s="1"/>
+      <c r="DE25" s="1"/>
+    </row>
+    <row r="26" spans="1:109">
+      <c r="A26" t="s">
+        <v>140</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A16:DE16"/>
+    <mergeCell ref="A26:DE26"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>