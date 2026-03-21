--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="33275-voskhozhdeniya-na-m..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>09.07.2026</t>
   </si>
   <si>
     <t>13.07.2026</t>
   </si>
   <si>
     <t>17.07.2026</t>
   </si>
   <si>
     <t>21.07.2026</t>
   </si>
   <si>
     <t>25.07.2026</t>
   </si>
   <si>
     <t>29.07.2026</t>
   </si>
   <si>
     <t>02.08.2026</t>
   </si>
   <si>
     <t>06.08.2026</t>
   </si>
   <si>
@@ -68,69 +68,72 @@
   <si>
     <t>18.08.2026</t>
   </si>
   <si>
     <t>22.08.2026</t>
   </si>
   <si>
     <t>26.08.2026</t>
   </si>
   <si>
     <t>30.08.2026</t>
   </si>
   <si>
     <t>03.09.2026</t>
   </si>
   <si>
     <t>Тур без размещения в отеле</t>
   </si>
   <si>
     <t>Тур без проживания</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>34830 RUB</t>
+    <t>38700 RUB</t>
   </si>
   <si>
     <t>Ребёнок 7—17 лет на дополнительном месте</t>
   </si>
   <si>
+    <t>38 700 RUB</t>
+  </si>
+  <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Аренда снаряжения (ТРЕККИНГОВЫЕ ПАЛКИ) на 1 чел.</t>
   </si>
   <si>
     <t>500 RUB</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 04.02.2026 08:15, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 22.03.2026 01:43, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -641,164 +644,164 @@
       </c>
       <c r="K4" t="s">
         <v>18</v>
       </c>
       <c r="L4" t="s">
         <v>18</v>
       </c>
       <c r="M4" t="s">
         <v>18</v>
       </c>
       <c r="N4" t="s">
         <v>18</v>
       </c>
       <c r="O4" t="s">
         <v>18</v>
       </c>
       <c r="P4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="I5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="J5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="N5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="O5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="P5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" s="4"/>
       <c r="B6" s="4"/>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
       <c r="I6" s="4"/>
       <c r="J6" s="4"/>
       <c r="K6" s="4"/>
       <c r="L6" s="4"/>
       <c r="M6" s="4"/>
       <c r="N6" s="4"/>
       <c r="O6" s="4"/>
       <c r="P6" s="4"/>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="2"/>
       <c r="M7" s="2"/>
       <c r="N7" s="2"/>
       <c r="O7" s="2"/>
       <c r="P7" s="2"/>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B10" s="1"/>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A11:P11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>