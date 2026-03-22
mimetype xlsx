--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -12,209 +12,215 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="33262-svidanie-s-kamchatk..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>07.06.2026</t>
   </si>
   <si>
     <t>14.06.2026</t>
   </si>
   <si>
     <t>21.06.2026</t>
   </si>
   <si>
     <t>28.06.2026</t>
   </si>
   <si>
     <t>Тур без размещения в отеле</t>
   </si>
   <si>
     <t>Тур без проживания</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>124200 RUB</t>
+    <t>138000 RUB</t>
   </si>
   <si>
     <t>Ребёнок 5—17 лет на дополнительном месте</t>
   </si>
   <si>
+    <t>138 000 RUB</t>
+  </si>
+  <si>
     <t>База отдыха КРЕЧЕТ 3*</t>
   </si>
   <si>
     <t>Стандарт 2-местный</t>
   </si>
   <si>
-    <t>155700 RUB</t>
+    <t>173000 RUB</t>
   </si>
   <si>
     <t>Ребёнок 5—14 лет на дополнительном месте</t>
   </si>
   <si>
-    <t>140130 RUB</t>
+    <t>155 700 RUB</t>
   </si>
   <si>
     <t>Размещение в 2-местном номере (с подселением)</t>
   </si>
   <si>
     <t>Одноместное размещение (с доплатой 25 000 руб.)</t>
   </si>
   <si>
     <t>SPA-отель СПУТНИК-КАМЧАТКА 4*</t>
   </si>
   <si>
-    <t>171000 RUB</t>
-[...2 lines deleted...]
-    <t>153900 RUB</t>
+    <t>190000 RUB</t>
+  </si>
+  <si>
+    <t>171 000 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение с доплатой (37 500 руб.)</t>
   </si>
   <si>
-    <t>166950 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>SPA-отель СПУТНИК 5*</t>
   </si>
   <si>
-    <t>177300 RUB</t>
-[...2 lines deleted...]
-    <t>159570 RUB</t>
+    <t>197000 RUB</t>
+  </si>
+  <si>
+    <t>177 300 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение с доплатой (42 500 руб.)</t>
   </si>
   <si>
     <t>Отель ТАЙНЫ КАМЧАТКИ 5* / КАМЧАТКА ШАЛЕ 5*</t>
   </si>
   <si>
     <t>207900 RUB</t>
   </si>
   <si>
-    <t>187110 RUB</t>
+    <t>187 110 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение с доплатой (125 000 руб.)</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Дополнительный групповой трансфер (аэропорт-отель), за 1 чел.</t>
   </si>
   <si>
     <t>1500 RUB</t>
   </si>
   <si>
     <t>Дополнительный групповой трансфер (отель-аэропорт), за 1 чел.</t>
   </si>
   <si>
     <t>Индивидуальный трансфер (аэропорт - отель), машина до 3 чел.</t>
   </si>
   <si>
     <t>6000 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер (отель - аэропорт), машина до 3 чел.</t>
   </si>
   <si>
     <t>Доплата за 1-местное размещение КРЕЧЕТ 3*</t>
   </si>
   <si>
     <t>25000 RUB</t>
   </si>
   <si>
     <t>Доплата за 1-местное размещение СПУТНИК 5*</t>
   </si>
   <si>
     <t>42500 RUB</t>
   </si>
   <si>
-    <t>Доплата за 1-местное размещение ТАЙНЫ КАМЧАТКИ 5* / КАМЧАТКА ШАЛЕ 5*</t>
+    <t>Доплата за иностранного гражданина</t>
+  </si>
+  <si>
+    <t>5500 RUB</t>
+  </si>
+  <si>
+    <t>Доплата за переводчика (англ.)</t>
+  </si>
+  <si>
+    <t>60000 RUB</t>
+  </si>
+  <si>
+    <t>Индивидуальный трансфер (аэропорт - отель), машина до 6 чел.</t>
+  </si>
+  <si>
+    <t>8500 RUB</t>
+  </si>
+  <si>
+    <t>Индивидуальный трансфер (отель - аэропорт), машина до 6 чел.</t>
+  </si>
+  <si>
+    <t>Доплата за 1-местное размещение СПУТНИК-КАМЧАТКА 4*</t>
+  </si>
+  <si>
+    <t>37500 RUB</t>
+  </si>
+  <si>
+    <t>Дополнительная ночь в отеле КАМЧАТКА ШАЛЕ 5*</t>
+  </si>
+  <si>
+    <t>96000 RUB</t>
+  </si>
+  <si>
+    <t>Дополнительная ночь в отеле ТАЙНЫ КАМЧАТКИ 5*</t>
   </si>
   <si>
     <t>125000 RUB</t>
   </si>
   <si>
-    <t>Доплата за иностранного гражданина</t>
-[...29 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 04.02.2026 09:38, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 22.03.2026 04:39, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -556,63 +562,63 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E56"/>
+  <dimension ref="A1:E57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A55" sqref="A55:E55"/>
+      <selection activeCell="A56" sqref="A56:E56"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="81.265869" bestFit="true" customWidth="true" style="0"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="72.982178" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
@@ -626,346 +632,346 @@
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>7</v>
       </c>
       <c r="C4" t="s">
         <v>7</v>
       </c>
       <c r="D4" t="s">
         <v>7</v>
       </c>
       <c r="E4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D5" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="E5" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="4"/>
       <c r="B6" s="4"/>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B8" s="3"/>
       <c r="C8" s="3"/>
       <c r="D8" s="3"/>
       <c r="E8" s="3"/>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>6</v>
       </c>
       <c r="B9" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C9" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B10" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C10" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E10" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>6</v>
       </c>
       <c r="B12" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C12" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B13" s="3"/>
       <c r="C13" s="3"/>
       <c r="D13" s="3"/>
       <c r="E13" s="3"/>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>6</v>
       </c>
       <c r="B14" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C14" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="4"/>
       <c r="B15" s="4"/>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
       <c r="E15" s="4"/>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>6</v>
       </c>
       <c r="B18" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C18" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E18" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B19" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C19" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D19" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E19" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>6</v>
       </c>
       <c r="B21" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C21" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E21" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
         <v>6</v>
       </c>
       <c r="B23" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C23" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E23" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="4"/>
       <c r="B24" s="4"/>
       <c r="C24" s="4"/>
       <c r="D24" s="4"/>
       <c r="E24" s="4"/>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="2"/>
       <c r="E25" s="2"/>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B26" s="3"/>
       <c r="C26" s="3"/>
       <c r="D26" s="3"/>
       <c r="E26" s="3"/>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>6</v>
       </c>
       <c r="B27" t="s">
         <v>22</v>
       </c>
       <c r="C27" t="s">
         <v>22</v>
       </c>
       <c r="D27" t="s">
         <v>22</v>
       </c>
       <c r="E27" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B28" t="s">
         <v>23</v>
       </c>
       <c r="C28" t="s">
         <v>23</v>
       </c>
       <c r="D28" t="s">
         <v>23</v>
       </c>
       <c r="E28" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B29" s="3"/>
       <c r="C29" s="3"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
         <v>6</v>
       </c>
       <c r="B30" t="s">
         <v>22</v>
       </c>
       <c r="C30" t="s">
         <v>22</v>
       </c>
       <c r="D30" t="s">
         <v>22</v>
       </c>
       <c r="E30" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="3" t="s">
@@ -989,77 +995,77 @@
       <c r="D32" t="s">
         <v>22</v>
       </c>
       <c r="E32" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="4"/>
       <c r="B33" s="4"/>
       <c r="C33" s="4"/>
       <c r="D33" s="4"/>
       <c r="E33" s="4"/>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
       <c r="D34" s="2"/>
       <c r="E34" s="2"/>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B35" s="3"/>
       <c r="C35" s="3"/>
       <c r="D35" s="3"/>
       <c r="E35" s="3"/>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" t="s">
         <v>6</v>
       </c>
       <c r="B36" t="s">
         <v>26</v>
       </c>
       <c r="C36" t="s">
         <v>26</v>
       </c>
       <c r="D36" t="s">
         <v>26</v>
       </c>
       <c r="E36" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B37" t="s">
         <v>27</v>
       </c>
       <c r="C37" t="s">
         <v>27</v>
       </c>
       <c r="D37" t="s">
         <v>27</v>
       </c>
       <c r="E37" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
@@ -1149,87 +1155,95 @@
       <c r="B48" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
         <v>42</v>
       </c>
       <c r="B49" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
         <v>44</v>
       </c>
       <c r="B50" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
         <v>46</v>
       </c>
       <c r="B51" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" t="s">
+        <v>47</v>
+      </c>
+      <c r="B52" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
         <v>49</v>
       </c>
       <c r="B53" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="55" spans="1:5">
-      <c r="A55" s="1" t="s">
+    <row r="54" spans="1:5">
+      <c r="A54" t="s">
         <v>51</v>
       </c>
-      <c r="B55" s="1"/>
-[...2 lines deleted...]
-      <c r="E55" s="1"/>
+      <c r="B54" t="s">
+        <v>52</v>
+      </c>
     </row>
     <row r="56" spans="1:5">
-      <c r="A56" t="s">
-        <v>52</v>
+      <c r="A56" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B56" s="1"/>
+      <c r="C56" s="1"/>
+      <c r="D56" s="1"/>
+      <c r="E56" s="1"/>
+    </row>
+    <row r="57" spans="1:5">
+      <c r="A57" t="s">
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A56:E56"/>
+    <mergeCell ref="A57:E57"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>