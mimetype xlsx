--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -20,102 +20,102 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="24156-trassa-m18-ekspedit..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>16.06.2026</t>
   </si>
   <si>
     <t>14.07.2026</t>
   </si>
   <si>
-    <t>11.08.2026</t>
+    <t>04.08.2026</t>
   </si>
   <si>
     <t>08.09.2026</t>
   </si>
   <si>
     <t>Размещение по туру "Трасса М18"</t>
   </si>
   <si>
     <t>Одноместный номер</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>221500 RUB</t>
   </si>
   <si>
     <t>Двухместный номер</t>
   </si>
   <si>
     <t>198900 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
     <t>183900 RUB</t>
   </si>
   <si>
     <t>Ребёнок 12—12 лет на основном месте</t>
   </si>
   <si>
-    <t>193400 RUB</t>
+    <t>193 400 RUB</t>
   </si>
   <si>
     <t>Ребёнок 12—12 лет на дополнительном месте</t>
   </si>
   <si>
-    <t>178400 RUB</t>
+    <t>178 400 RUB</t>
   </si>
   <si>
     <t>Ребёнок 13—17 лет на основном месте</t>
   </si>
   <si>
     <t>Ребёнок 13—17 лет на дополнительном месте</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 04.02.2026 06:25, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 22.03.2026 00:44, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -457,54 +457,54 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A13" sqref="A13:E13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="49.416504" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>