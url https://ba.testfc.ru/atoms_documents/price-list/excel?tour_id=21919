--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -83,90 +83,90 @@
   <si>
     <t>Размещение по туру "Кижи-Валаам-Соловки"</t>
   </si>
   <si>
     <t>Двухместный номер TWIN</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>115150 RUB</t>
   </si>
   <si>
     <t>119600 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
     <t>87800 RUB</t>
   </si>
   <si>
     <t>Ребёнок 5—12 лет на основном месте</t>
   </si>
   <si>
-    <t>110650 RUB</t>
-[...2 lines deleted...]
-    <t>115100 RUB</t>
+    <t>110 650 RUB</t>
+  </si>
+  <si>
+    <t>115 100 RUB</t>
   </si>
   <si>
     <t>Ребёнок 5—12 лет на дополнительном месте</t>
   </si>
   <si>
-    <t>83300 RUB</t>
+    <t>83 300 RUB</t>
   </si>
   <si>
     <t>Ребёнок 13—16 лет на основном месте</t>
   </si>
   <si>
-    <t>112650 RUB</t>
-[...2 lines deleted...]
-    <t>117100 RUB</t>
+    <t>112 650 RUB</t>
+  </si>
+  <si>
+    <t>117 100 RUB</t>
   </si>
   <si>
     <t>Ребёнок 13—16 лет на дополнительном месте</t>
   </si>
   <si>
-    <t>85300 RUB</t>
+    <t>85 300 RUB</t>
   </si>
   <si>
     <t>Одноместный номер</t>
   </si>
   <si>
     <t>140500 RUB</t>
   </si>
   <si>
     <t>149400 RUB</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 04.02.2026 06:25, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 22.03.2026 00:44, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -508,66 +508,66 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Q14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A13" sqref="A13:Q13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="49.416504" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...14 lines deleted...]
-    <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>