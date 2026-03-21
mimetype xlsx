--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -17,93 +17,93 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="21911-tur-vykhodnogo-dnya..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>13.06.2026</t>
   </si>
   <si>
-    <t>27.06.2026</t>
+    <t>20.06.2026</t>
   </si>
   <si>
     <t>04.07.2026</t>
   </si>
   <si>
     <t>18.07.2026</t>
   </si>
   <si>
     <t>01.08.2026</t>
   </si>
   <si>
     <t>15.08.2026</t>
   </si>
   <si>
     <t>Гостевой дом "Кижская благодать"</t>
   </si>
   <si>
     <t>Двухместное размещение</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>35400 RUB</t>
   </si>
   <si>
     <t>Ребёнок 2—14 лет на основном месте</t>
   </si>
   <si>
-    <t>33400 RUB</t>
+    <t>33 400 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
     <t>39500 RUB</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 04.02.2026 06:26, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 22.03.2026 01:43, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>