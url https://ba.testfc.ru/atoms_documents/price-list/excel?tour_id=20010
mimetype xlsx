--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -12,69 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="20010-tur-vladivostok-gor..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
-[...17 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>22.03.2026</t>
   </si>
   <si>
     <t>29.03.2026</t>
   </si>
   <si>
     <t>05.04.2026</t>
   </si>
   <si>
     <t>12.04.2026</t>
   </si>
   <si>
     <t>19.04.2026</t>
   </si>
   <si>
     <t>26.04.2026</t>
   </si>
   <si>
     <t>03.05.2026</t>
   </si>
   <si>
     <t>10.05.2026</t>
   </si>
   <si>
@@ -86,102 +68,78 @@
   <si>
     <t>стандарт (2-местный)</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>46850 RUB</t>
   </si>
   <si>
     <t>стандарт (1-местный)</t>
   </si>
   <si>
     <t>85900 RUB</t>
   </si>
   <si>
     <t>семейный номер (3-местный)</t>
   </si>
   <si>
     <t>47950 RUB</t>
   </si>
   <si>
     <t>"Экватор"</t>
   </si>
   <si>
-    <t>49450 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>53000 RUB</t>
   </si>
   <si>
-    <t>89600 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>92000 RUB</t>
   </si>
   <si>
     <t>Джуниор Сюит (3-местный)</t>
   </si>
   <si>
-    <t>50800 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>53200 RUB</t>
   </si>
   <si>
     <t>"AZIMUT Сити Отель Владивосток"</t>
   </si>
   <si>
-    <t>SMART Стандарт</t>
-[...5 lines deleted...]
-    <t>54750 RUB</t>
+    <t>СМАРТ Стандарт</t>
   </si>
   <si>
     <t>59800 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
-    <t>88450 RUB</t>
-[...4 lines deleted...]
-  <si>
     <t>96100 RUB</t>
   </si>
   <si>
-    <t>SMART Люкс (3-местный)</t>
-[...2 lines deleted...]
-    <t>60650 RUB</t>
+    <t>СМАРТ Люкс (3-местный)</t>
   </si>
   <si>
     <t>63600 RUB</t>
   </si>
   <si>
     <t>"Версаль"</t>
   </si>
   <si>
     <t>2-местный номер первой категории</t>
   </si>
   <si>
     <t>52300 RUB</t>
   </si>
   <si>
     <t>56400 RUB</t>
   </si>
   <si>
     <t>1-местный номер первой категории</t>
   </si>
   <si>
     <t>87600 RUB</t>
   </si>
   <si>
     <t>95200 RUB</t>
   </si>
@@ -206,54 +164,54 @@
   <si>
     <t>Семейный люкс "Премьер"</t>
   </si>
   <si>
     <t>99800 RUB</t>
   </si>
   <si>
     <t>109300 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Трансфер аэропорт - отель</t>
   </si>
   <si>
     <t>2700 RUB</t>
   </si>
   <si>
     <t>Трансфер отель - аэропорт</t>
   </si>
   <si>
     <t>2200 RUB</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 04.02.2026 10:04, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 22.03.2026 03:14, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -595,1319 +553,899 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P43"/>
+  <dimension ref="A1:J43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A42" sqref="A42:P42"/>
+      <selection activeCell="A42" sqref="A42:J42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="38.847656" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:10">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="K1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:10">
+      <c r="A2" s="2" t="s">
         <v>9</v>
-      </c>
-[...18 lines deleted...]
-        <v>15</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
-      <c r="K2" s="2"/>
-[...6 lines deleted...]
-    <row r="3" spans="1:16">
+    </row>
+    <row r="3" spans="1:10">
       <c r="A3" s="3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
-      <c r="K3" s="3"/>
-[...6 lines deleted...]
-    <row r="4" spans="1:16">
+    </row>
+    <row r="4" spans="1:10">
       <c r="A4" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F4" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="H4" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="I4" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="J4" t="s">
-        <v>18</v>
-[...20 lines deleted...]
-    <row r="5" spans="1:16">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10">
       <c r="A5" s="3" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
-      <c r="K5" s="3"/>
-[...6 lines deleted...]
-    <row r="6" spans="1:16">
+    </row>
+    <row r="6" spans="1:10">
       <c r="A6" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C6" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F6" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G6" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="H6" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="I6" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="J6" t="s">
-        <v>20</v>
-[...20 lines deleted...]
-    <row r="7" spans="1:16">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10">
       <c r="A7" s="3" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
-      <c r="K7" s="3"/>
-[...6 lines deleted...]
-    <row r="8" spans="1:16">
+    </row>
+    <row r="8" spans="1:10">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="F8" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="H8" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="I8" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="J8" t="s">
-        <v>22</v>
-[...20 lines deleted...]
-    <row r="9" spans="1:16">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10">
       <c r="A9" s="4"/>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
-      <c r="K9" s="4"/>
-[...6 lines deleted...]
-    <row r="10" spans="1:16">
+    </row>
+    <row r="10" spans="1:10">
       <c r="A10" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
       <c r="J10" s="2"/>
-      <c r="K10" s="2"/>
-[...6 lines deleted...]
-    <row r="11" spans="1:16">
+    </row>
+    <row r="11" spans="1:10">
       <c r="A11" s="3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
-      <c r="K11" s="3"/>
-[...6 lines deleted...]
-    <row r="12" spans="1:16">
+    </row>
+    <row r="12" spans="1:10">
       <c r="A12" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="C12" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="E12" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="F12" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="G12" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="H12" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I12" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="J12" t="s">
-        <v>25</v>
-[...20 lines deleted...]
-    <row r="13" spans="1:16">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10">
       <c r="A13" s="3" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="B13" s="3"/>
       <c r="C13" s="3"/>
       <c r="D13" s="3"/>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3"/>
-      <c r="K13" s="3"/>
-[...6 lines deleted...]
-    <row r="14" spans="1:16">
+    </row>
+    <row r="14" spans="1:10">
       <c r="A14" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="B14" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="C14" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="D14" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="E14" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="F14" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="G14" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="H14" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="I14" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="J14" t="s">
-        <v>27</v>
-[...20 lines deleted...]
-    <row r="15" spans="1:16">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10">
       <c r="A15" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="B15" s="3"/>
       <c r="C15" s="3"/>
       <c r="D15" s="3"/>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
-      <c r="K15" s="3"/>
-[...6 lines deleted...]
-    <row r="16" spans="1:16">
+    </row>
+    <row r="16" spans="1:10">
       <c r="A16" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="B16" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="C16" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D16" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="E16" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="F16" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="H16" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="I16" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="J16" t="s">
-        <v>30</v>
-[...20 lines deleted...]
-    <row r="17" spans="1:16">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10">
       <c r="A17" s="4"/>
       <c r="B17" s="4"/>
       <c r="C17" s="4"/>
       <c r="D17" s="4"/>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
       <c r="G17" s="4"/>
       <c r="H17" s="4"/>
       <c r="I17" s="4"/>
       <c r="J17" s="4"/>
-      <c r="K17" s="4"/>
-[...6 lines deleted...]
-    <row r="18" spans="1:16">
+    </row>
+    <row r="18" spans="1:10">
       <c r="A18" s="2" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="2"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
       <c r="J18" s="2"/>
-      <c r="K18" s="2"/>
-[...6 lines deleted...]
-    <row r="19" spans="1:16">
+    </row>
+    <row r="19" spans="1:10">
       <c r="A19" s="3" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
-      <c r="K19" s="3"/>
-[...6 lines deleted...]
-    <row r="20" spans="1:16">
+    </row>
+    <row r="20" spans="1:10">
       <c r="A20" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="B20" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="C20" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="D20" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="E20" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="F20" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="G20" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="H20" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="I20" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="J20" t="s">
-        <v>35</v>
-[...20 lines deleted...]
-    <row r="21" spans="1:16">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10">
       <c r="A21" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="B21" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="C21" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="D21" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="E21" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="F21" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="G21" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="H21" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="I21" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="J21" t="s">
-        <v>39</v>
-[...20 lines deleted...]
-    <row r="22" spans="1:16">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10">
       <c r="A22" s="3" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
-      <c r="K22" s="3"/>
-[...6 lines deleted...]
-    <row r="23" spans="1:16">
+    </row>
+    <row r="23" spans="1:10">
       <c r="A23" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="B23" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="C23" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="D23" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="E23" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="F23" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="G23" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="H23" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="I23" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="J23" t="s">
-        <v>42</v>
-[...20 lines deleted...]
-    <row r="24" spans="1:16">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10">
       <c r="A24" s="4"/>
       <c r="B24" s="4"/>
       <c r="C24" s="4"/>
       <c r="D24" s="4"/>
       <c r="E24" s="4"/>
       <c r="F24" s="4"/>
       <c r="G24" s="4"/>
       <c r="H24" s="4"/>
       <c r="I24" s="4"/>
       <c r="J24" s="4"/>
-      <c r="K24" s="4"/>
-[...6 lines deleted...]
-    <row r="25" spans="1:16">
+    </row>
+    <row r="25" spans="1:10">
       <c r="A25" s="2" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="2"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
       <c r="J25" s="2"/>
-      <c r="K25" s="2"/>
-[...6 lines deleted...]
-    <row r="26" spans="1:16">
+    </row>
+    <row r="26" spans="1:10">
       <c r="A26" s="3" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="B26" s="3"/>
       <c r="C26" s="3"/>
       <c r="D26" s="3"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
-      <c r="K26" s="3"/>
-[...6 lines deleted...]
-    <row r="27" spans="1:16">
+    </row>
+    <row r="27" spans="1:10">
       <c r="A27" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="B27" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="C27" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="D27" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="E27" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="F27" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="G27" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="H27" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="I27" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="J27" t="s">
-        <v>46</v>
-[...20 lines deleted...]
-    <row r="28" spans="1:16">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10">
       <c r="A28" s="3" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
-      <c r="K28" s="3"/>
-[...6 lines deleted...]
-    <row r="29" spans="1:16">
+    </row>
+    <row r="29" spans="1:10">
       <c r="A29" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="B29" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="C29" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="D29" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="E29" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="F29" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="G29" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="H29" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="I29" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="J29" t="s">
-        <v>49</v>
-[...20 lines deleted...]
-    <row r="30" spans="1:16">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10">
       <c r="A30" s="4"/>
       <c r="B30" s="4"/>
       <c r="C30" s="4"/>
       <c r="D30" s="4"/>
       <c r="E30" s="4"/>
       <c r="F30" s="4"/>
       <c r="G30" s="4"/>
       <c r="H30" s="4"/>
       <c r="I30" s="4"/>
       <c r="J30" s="4"/>
-      <c r="K30" s="4"/>
-[...6 lines deleted...]
-    <row r="31" spans="1:16">
+    </row>
+    <row r="31" spans="1:10">
       <c r="A31" s="2" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
       <c r="D31" s="2"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
       <c r="I31" s="2"/>
       <c r="J31" s="2"/>
-      <c r="K31" s="2"/>
-[...6 lines deleted...]
-    <row r="32" spans="1:16">
+    </row>
+    <row r="32" spans="1:10">
       <c r="A32" s="3" t="s">
-        <v>51</v>
+        <v>37</v>
       </c>
       <c r="B32" s="3"/>
       <c r="C32" s="3"/>
       <c r="D32" s="3"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3"/>
-      <c r="K32" s="3"/>
-[...6 lines deleted...]
-    <row r="33" spans="1:16">
+    </row>
+    <row r="33" spans="1:10">
       <c r="A33" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="B33" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="C33" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="D33" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="E33" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="F33" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="G33" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="H33" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="I33" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="J33" t="s">
-        <v>53</v>
-[...20 lines deleted...]
-    <row r="34" spans="1:16">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10">
       <c r="A34" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="B34" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="C34" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="D34" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="E34" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="F34" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="G34" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="H34" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="I34" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="J34" t="s">
-        <v>55</v>
-[...20 lines deleted...]
-    <row r="35" spans="1:16">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10">
       <c r="A35" s="3" t="s">
-        <v>56</v>
+        <v>42</v>
       </c>
       <c r="B35" s="3"/>
       <c r="C35" s="3"/>
       <c r="D35" s="3"/>
       <c r="E35" s="3"/>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
       <c r="I35" s="3"/>
       <c r="J35" s="3"/>
-      <c r="K35" s="3"/>
-[...6 lines deleted...]
-    <row r="36" spans="1:16">
+    </row>
+    <row r="36" spans="1:10">
       <c r="A36" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="B36" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="C36" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="D36" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="E36" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="F36" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G36" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="H36" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="I36" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="J36" t="s">
-        <v>58</v>
-[...20 lines deleted...]
-    <row r="37" spans="1:16">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10">
       <c r="A37" s="4"/>
       <c r="B37" s="4"/>
       <c r="C37" s="4"/>
       <c r="D37" s="4"/>
       <c r="E37" s="4"/>
       <c r="F37" s="4"/>
       <c r="G37" s="4"/>
       <c r="H37" s="4"/>
       <c r="I37" s="4"/>
       <c r="J37" s="4"/>
-      <c r="K37" s="4"/>
-[...6 lines deleted...]
-    <row r="38" spans="1:16">
+    </row>
+    <row r="38" spans="1:10">
       <c r="A38" s="2" t="s">
-        <v>59</v>
+        <v>45</v>
       </c>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
       <c r="J38" s="2"/>
-      <c r="K38" s="2"/>
-[...6 lines deleted...]
-    <row r="39" spans="1:16">
+    </row>
+    <row r="39" spans="1:10">
       <c r="A39" t="s">
-        <v>60</v>
+        <v>46</v>
       </c>
       <c r="B39" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:16">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10">
       <c r="A40" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="B40" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:16">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10">
       <c r="A42" s="1" t="s">
-        <v>64</v>
+        <v>50</v>
       </c>
       <c r="B42" s="1"/>
       <c r="C42" s="1"/>
       <c r="D42" s="1"/>
       <c r="E42" s="1"/>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
       <c r="I42" s="1"/>
       <c r="J42" s="1"/>
-      <c r="K42" s="1"/>
-[...6 lines deleted...]
-    <row r="43" spans="1:16">
+    </row>
+    <row r="43" spans="1:10">
       <c r="A43" t="s">
-        <v>65</v>
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A43:P43"/>
+    <mergeCell ref="A43:J43"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>